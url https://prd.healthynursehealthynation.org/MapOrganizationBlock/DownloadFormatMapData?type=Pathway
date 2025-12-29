--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e8803999f445ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95d457f211924ee48906abc4308369fe.psmdcp" Id="R26f69e77be9c46b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd925e795fb4d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fe4f3fa0e4449d19560f86348fb749b.psmdcp" Id="Rc0a743780dc44136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Pathway Organizations" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Facility Name 1</x:t>
   </x:si>
   <x:si>
     <x:t>Address 1</x:t>
   </x:si>
   <x:si>
@@ -553,66 +553,81 @@
   <x:si>
     <x:t>Trinity</x:t>
   </x:si>
   <x:si>
     <x:t>34655-4402</x:t>
   </x:si>
   <x:si>
     <x:t>Broward Health Imperial Point</x:t>
   </x:si>
   <x:si>
     <x:t>6401 N Federal Hwy</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Lauderdale</x:t>
   </x:si>
   <x:si>
     <x:t>33308-1427</x:t>
   </x:si>
   <x:si>
     <x:t>Broward Health.Org</x:t>
   </x:si>
   <x:si>
     <x:t>2018, 2023</x:t>
   </x:si>
   <x:si>
+    <x:t>Cleveland Clinic Indian River Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1000 36th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vero Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32960-4862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>my.clevelandclinic.org/locations/directions/529-indian-river-hospital</x:t>
+  </x:si>
+  <x:si>
     <x:t>HCA Florida Kendall Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>11750 SW 40th St</x:t>
   </x:si>
   <x:si>
     <x:t>Miami</x:t>
   </x:si>
   <x:si>
     <x:t>33175-3530</x:t>
   </x:si>
   <x:si>
     <x:t>www.hcafloridahealthcare.com/locations/kendall-hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>HCA Florida Ocala Hospital</x:t>
+    <x:t>HCA Florida Ocala</x:t>
   </x:si>
   <x:si>
     <x:t>1431 SW 1st Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Ocala</x:t>
   </x:si>
   <x:si>
     <x:t>34471-6500</x:t>
   </x:si>
   <x:si>
     <x:t>www.hcafloridahealthcare.com/locations/ocala-hospital</x:t>
   </x:si>
   <x:si>
     <x:t>HCA Florida Osceola Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>700 W Oak Street</x:t>
   </x:si>
   <x:si>
     <x:t>Kissimmee</x:t>
   </x:si>
   <x:si>
     <x:t>34741</x:t>
   </x:si>
@@ -688,51 +703,51 @@
   <x:si>
     <x:t>300 Pinellas St</x:t>
   </x:si>
   <x:si>
     <x:t>Clearwater</x:t>
   </x:si>
   <x:si>
     <x:t>33756-3892</x:t>
   </x:si>
   <x:si>
     <x:t>baycare.org</x:t>
   </x:si>
   <x:si>
     <x:t>Morton Plant North Bay Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>6600 Madison St</x:t>
   </x:si>
   <x:si>
     <x:t>New Port Richey</x:t>
   </x:si>
   <x:si>
     <x:t>34652-1971</x:t>
   </x:si>
   <x:si>
-    <x:t>NCH, Naples Comprehensive Health</x:t>
+    <x:t>NCH Healthcare System</x:t>
   </x:si>
   <x:si>
     <x:t>350 7th St N</x:t>
   </x:si>
   <x:si>
     <x:t>Naples</x:t>
   </x:si>
   <x:si>
     <x:t>34102-5754</x:t>
   </x:si>
   <x:si>
     <x:t>nchmd.org/</x:t>
   </x:si>
   <x:si>
     <x:t>2016, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>South Florida Baptist Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>301 N Alexander St</x:t>
   </x:si>
   <x:si>
     <x:t>Plant City</x:t>
   </x:si>
@@ -925,51 +940,51 @@
   <x:si>
     <x:t>705 Dixie St</x:t>
   </x:si>
   <x:si>
     <x:t>Carrollton</x:t>
   </x:si>
   <x:si>
     <x:t>30117-3818</x:t>
   </x:si>
   <x:si>
     <x:t>Wellstar Douglas Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">8954 Hospital Dr </x:t>
   </x:si>
   <x:si>
     <x:t>Douglasville</x:t>
   </x:si>
   <x:si>
     <x:t>30134</x:t>
   </x:si>
   <x:si>
     <x:t>www.wellstar.org</x:t>
   </x:si>
   <x:si>
-    <x:t>Wellstar Spalding Regional Hospital</x:t>
+    <x:t>Wellstar Spalding Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>601 S 8th St</x:t>
   </x:si>
   <x:si>
     <x:t>Griffin</x:t>
   </x:si>
   <x:si>
     <x:t>30224-4213</x:t>
   </x:si>
   <x:si>
     <x:t>Wellstar West Georgia Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1514 Vernon Rd</x:t>
   </x:si>
   <x:si>
     <x:t>LaGrange</x:t>
   </x:si>
   <x:si>
     <x:t>30240-4131</x:t>
   </x:si>
   <x:si>
     <x:t>Wellstar Windy Hill Hospital</x:t>
   </x:si>
@@ -1144,144 +1159,141 @@
   <x:si>
     <x:t>61832-5100</x:t>
   </x:si>
   <x:si>
     <x:t>www.va.gov/illiana-health-care/</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health Floyd</x:t>
   </x:si>
   <x:si>
     <x:t>1850 State St</x:t>
   </x:si>
   <x:si>
     <x:t>New Albany</x:t>
   </x:si>
   <x:si>
     <x:t>IN</x:t>
   </x:si>
   <x:si>
     <x:t>47150-4990</x:t>
   </x:si>
   <x:si>
     <x:t>www.Baptisthealth.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Indiana University Health Bedford Hospital</x:t>
+    <x:t>Indiana University Health Morgan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2209 John R Wooden Dr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Martinsville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46151-1840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IUHealth.org/Morgan/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiana University Health Paoli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>642 W Hospital Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paoli</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47454-9672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iuhealth.org/find-locations/iu-health-paoli-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2021, 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiana University Health Saxony Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13000 E 136th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fishers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46037-9478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IUHealth.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Indiana University Health Tipton Hospital </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1000 S Main St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tipton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46072-9753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iuhealth.org/tipton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiana University Health White Memorial Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720 S 6th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monticello</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47960-8182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iuhealth.org/find-locations/iu-health-white-memorial-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IU Health Bedford Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2900 16th St</x:t>
   </x:si>
   <x:si>
     <x:t>Bedford</x:t>
   </x:si>
   <x:si>
     <x:t>47421-3510</x:t>
   </x:si>
   <x:si>
-    <x:t>iuhealth.org</x:t>
-[...80 lines deleted...]
-    <x:t>iuhealth.org/find-locations/iu-health-white-memorial-hospital</x:t>
+    <x:t>iuhealth.org/find-locations/iu-health-bedford-hospital</x:t>
   </x:si>
   <x:si>
     <x:t>IU Health Frankfort Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1300 S Jackson St</x:t>
   </x:si>
   <x:si>
     <x:t>Frankfort</x:t>
   </x:si>
   <x:si>
     <x:t>46041-3313</x:t>
   </x:si>
   <x:si>
     <x:t>iuhealth.org/find-locations/iu-health-frankfort-hospital</x:t>
   </x:si>
   <x:si>
     <x:t>IU Health Jay Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>500 W Votaw St</x:t>
   </x:si>
   <x:si>
     <x:t>Portland</x:t>
   </x:si>
@@ -1435,80 +1447,80 @@
   <x:si>
     <x:t>www.BaptistHealthRichmond.com</x:t>
   </x:si>
   <x:si>
     <x:t>2020, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Rapides Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>211 4th St</x:t>
   </x:si>
   <x:si>
     <x:t>Alexandria</x:t>
   </x:si>
   <x:si>
     <x:t>LA</x:t>
   </x:si>
   <x:si>
     <x:t>71301-8454</x:t>
   </x:si>
   <x:si>
     <x:t>rapidesregional.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Charlton Memorial Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>363 Highland Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fall River</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02720-3703</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nantucket Cottage Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>57 Prospect St</x:t>
   </x:si>
   <x:si>
     <x:t>Nantucket</x:t>
   </x:si>
   <x:si>
-    <x:t>MA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02554-2799</x:t>
   </x:si>
   <x:si>
     <x:t>nantuckethospital.org</x:t>
   </x:si>
   <x:si>
-    <x:t>Southcoast Health - Charlton Memorial Hospital</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Tobey Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>43 High St</x:t>
   </x:si>
   <x:si>
     <x:t>Wareham</x:t>
   </x:si>
   <x:si>
     <x:t>02571-2097</x:t>
   </x:si>
   <x:si>
     <x:t>www.southcoast.org</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">VA Boston Healthcare System </x:t>
   </x:si>
   <x:si>
     <x:t>1400 Vfw Pkwy</x:t>
   </x:si>
   <x:si>
     <x:t>West Roxbury</x:t>
   </x:si>
   <x:si>
     <x:t>02132-4927</x:t>
@@ -1621,80 +1633,110 @@
   <x:si>
     <x:t>MN</x:t>
   </x:si>
   <x:si>
     <x:t>56501-3409</x:t>
   </x:si>
   <x:si>
     <x:t>www.essentiahealth.org/find-facility/profile/essentia-health-st-marys-detroit-lakes/</x:t>
   </x:si>
   <x:si>
     <x:t>PrairieCare</x:t>
   </x:si>
   <x:si>
     <x:t>9400 Zane Ave N</x:t>
   </x:si>
   <x:si>
     <x:t>Brooklyn Pk</x:t>
   </x:si>
   <x:si>
     <x:t>55443</x:t>
   </x:si>
   <x:si>
     <x:t>prairie-care.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Centerpoint Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19600 E 39th St S Ofc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medical Staff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Independence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64057-2301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.centerpointmedical.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cox Medical Center Branson</x:t>
   </x:si>
   <x:si>
     <x:t>525 Branson Landing Blvd.</x:t>
   </x:si>
   <x:si>
     <x:t>Branson</x:t>
   </x:si>
   <x:si>
-    <x:t>MO</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>65616</x:t>
   </x:si>
   <x:si>
     <x:t>www.coxhealth.com/our-locations/cox-medical-center-branson/</x:t>
   </x:si>
   <x:si>
+    <x:t>Adventhealth Hendersonville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100 Hospital Dr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hendersonville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28792-5272</x:t>
+  </x:si>
+  <x:si>
     <x:t>Angel Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>124 One Center Ct</x:t>
   </x:si>
   <x:si>
     <x:t>Franklin</x:t>
   </x:si>
   <x:si>
-    <x:t>NC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>28734-0192</x:t>
   </x:si>
   <x:si>
     <x:t>www.missionhealth.org/locations/angel-medical-center</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health Cabarrus</x:t>
   </x:si>
   <x:si>
     <x:t>920 Church St N</x:t>
   </x:si>
   <x:si>
     <x:t>Concord</x:t>
   </x:si>
   <x:si>
     <x:t>28025-2927</x:t>
   </x:si>
   <x:si>
     <x:t>atriumhealth.org/locations/detail/atrium-health-cabarrus</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health Cleveland</x:t>
   </x:si>
   <x:si>
     <x:t>201 E Grover St</x:t>
@@ -1726,50 +1768,65 @@
   <x:si>
     <x:t>Atrium Health Union</x:t>
   </x:si>
   <x:si>
     <x:t>600 Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>28112-6000</x:t>
   </x:si>
   <x:si>
     <x:t>atriumhealth.org/locations/detail/atrium-health-union</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health University City</x:t>
   </x:si>
   <x:si>
     <x:t>8800 N Tryon St</x:t>
   </x:si>
   <x:si>
     <x:t>28262-3300</x:t>
   </x:si>
   <x:si>
     <x:t>ww.atriumhealth.org</x:t>
   </x:si>
   <x:si>
+    <x:t>Atrium Health Wake Forest Baptist -Davie Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>329 Hwy 801 N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bermuda Run</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.wakehealth.edu/locations/hospitals/davie-medical-center</x:t>
+  </x:si>
+  <x:si>
     <x:t>Blue Ridge Regional Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>125 Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Spruce Pine</x:t>
   </x:si>
   <x:si>
     <x:t>28777-3035</x:t>
   </x:si>
   <x:si>
     <x:t>missionhealth.org/member-hospitals/blue-ridge/</x:t>
   </x:si>
   <x:si>
     <x:t>CarolinaEast Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2000 Neuse Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>New Bern</x:t>
   </x:si>
   <x:si>
     <x:t>28560-3449</x:t>
@@ -1786,50 +1843,68 @@
   <x:si>
     <x:t>Rocky Mount</x:t>
   </x:si>
   <x:si>
     <x:t>27804-2237</x:t>
   </x:si>
   <x:si>
     <x:t>www.nashunchealthcare.org</x:t>
   </x:si>
   <x:si>
     <x:t>Western NC VA Health Care System</x:t>
   </x:si>
   <x:si>
     <x:t>1100 Tunnel Road</x:t>
   </x:si>
   <x:si>
     <x:t>Asheville</x:t>
   </x:si>
   <x:si>
     <x:t>28805</x:t>
   </x:si>
   <x:si>
     <x:t>www.va.gov/asheville-health-care/</x:t>
   </x:si>
   <x:si>
+    <x:t>Jamestown Regional Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2422 20th St SW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jamestown</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58401-6201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.jrmcnd.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>CHI  Health Immanuel</x:t>
   </x:si>
   <x:si>
     <x:t>6901 N 72nd St</x:t>
   </x:si>
   <x:si>
     <x:t>Omaha</x:t>
   </x:si>
   <x:si>
     <x:t>NE</x:t>
   </x:si>
   <x:si>
     <x:t>68122-1709</x:t>
   </x:si>
   <x:si>
     <x:t>www.chihealth.com/locations/immanuel</x:t>
   </x:si>
   <x:si>
     <x:t>2017, 2020, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>CHI Health Good Samaritan Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10 E 31st St</x:t>
@@ -2221,51 +2296,51 @@
   <x:si>
     <x:t>OK</x:t>
   </x:si>
   <x:si>
     <x:t>74133-5716</x:t>
   </x:si>
   <x:si>
     <x:t>hillcrestsouth.com</x:t>
   </x:si>
   <x:si>
     <x:t>Integris Health Canadian Valley</x:t>
   </x:si>
   <x:si>
     <x:t>1201 Health Center Pkwy</x:t>
   </x:si>
   <x:si>
     <x:t>Yukon</x:t>
   </x:si>
   <x:si>
     <x:t>73099-6392</x:t>
   </x:si>
   <x:si>
     <x:t>Integrisok.com</x:t>
   </x:si>
   <x:si>
-    <x:t>INTEGRIS Health Edmond</x:t>
+    <x:t>INTEGRIS Health Edmond Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4801 Integris Pkwy</x:t>
   </x:si>
   <x:si>
     <x:t>Edmond</x:t>
   </x:si>
   <x:si>
     <x:t>73034-8864</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">www.integrisok.com </x:t>
   </x:si>
   <x:si>
     <x:t>INTEGRIS Health Southwest Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>4401 S Western Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Oklahoma City</x:t>
   </x:si>
   <x:si>
     <x:t>73109-3446</x:t>
   </x:si>
@@ -2791,71 +2866,89 @@
   <x:si>
     <x:t>www.siouxfalls.va.gov</x:t>
   </x:si>
   <x:si>
     <x:t>TriStar Summit Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>5655 Frist Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Hermitage</x:t>
   </x:si>
   <x:si>
     <x:t>TN</x:t>
   </x:si>
   <x:si>
     <x:t>37076-2053</x:t>
   </x:si>
   <x:si>
     <x:t>www.tristarhealth.com/locations/tristar-summit-medical-center</x:t>
   </x:si>
   <x:si>
     <x:t>2019, 2019, 2025</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Ascension Seton Edgar B. Davis Hospital	</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130 Hays St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Luling</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78648-3207</x:t>
+  </x:si>
+  <x:si>
+    <x:t>healthcare.ascension.org/Locations/Texas/TXAUS/Luling-Ascension-Seton-Edgar-B-Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2013, 2017, 2021, 2010, 2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ascension Seton Highland Lakes</x:t>
   </x:si>
   <x:si>
     <x:t>3201 S Water St</x:t>
   </x:si>
   <x:si>
     <x:t>Burnet</x:t>
   </x:si>
   <x:si>
-    <x:t>TX</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>78611-4510</x:t>
   </x:si>
   <x:si>
     <x:t>healthcare.ascension.org/Locations/Texas/TXAUS/Burnet-Ascension-Seton-Highland-Lakes</x:t>
   </x:si>
   <x:si>
-    <x:t>2006</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2013, 2017, 2021, 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Ascension Seton Northwest</x:t>
   </x:si>
   <x:si>
     <x:t>11113 Research Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>Austin</x:t>
   </x:si>
   <x:si>
     <x:t>78759-5236</x:t>
   </x:si>
   <x:si>
     <x:t>healthcare.ascension.org/locations/texas/txaus/austin-ascension-seton-northwest?intent_sourc</x:t>
   </x:si>
   <x:si>
     <x:t>Ascension Seton Smithville</x:t>
   </x:si>
   <x:si>
     <x:t>1201 Hill Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Smithville</x:t>
@@ -2896,206 +2989,197 @@
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center - Centennial</x:t>
   </x:si>
   <x:si>
     <x:t>12505 Lebanon Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Frisco</x:t>
   </x:si>
   <x:si>
     <x:t>75035-8298</x:t>
   </x:si>
   <x:si>
     <x:t>BSWHealth.com</x:t>
   </x:si>
   <x:si>
     <x:t>Baylor Scott &amp; White Medical Center – Austin-Buda</x:t>
   </x:si>
   <x:si>
     <x:t>5245 W Highway 290</x:t>
   </x:si>
   <x:si>
     <x:t>78735-8963</x:t>
   </x:si>
   <x:si>
-    <x:t>Baylor Scott &amp; White Surgical Hospital Fort Worth</x:t>
-[...2 lines deleted...]
-    <x:t>1800 Park Place Avenue</x:t>
+    <x:t>Baylor Scott and White Medical Center- Lake Pointe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6800 Scenic Dr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rowlett</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75088-4552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baylor Scott and White The Heart Hospital - Denton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2801 S Mayhill Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76208-5910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.bswhealth.com/the-heart-hospital/locations/denton</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Covenant Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4002 24th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lubbock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.providence.org/locations/covenant-health/childrens-hospital?ls=location&amp;y_source=1_Mjc3M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Covenant Health Plainview</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2601 Dimmitt Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plainview</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79072-1833</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.covenanthealth.org/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Paso Children's Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4845 Alameda Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Paso</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79905-2705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.elpasochildrens.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harris Health System ACS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4800 Fournace Place</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bellaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.harrishealth.org/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA Houston Healthcare Northwest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710 Cypress Creek Parkway</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.hcahoustonhealthcare.com/locations/northwest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hendrick Health</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1900 Pine St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Abilene</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79601-2432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hendrickhealth.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016, 2010, 2013, 2020, 2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houston Methodist Continuing Care</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701 S Fry Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Katy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>77450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.houstonmethodist.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPS Health Network</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1500 S Main St</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Worth</x:t>
   </x:si>
   <x:si>
-    <x:t>76110</x:t>
-[...145 lines deleted...]
-  <x:si>
     <x:t>76104-4917</x:t>
   </x:si>
   <x:si>
     <x:t>jpshealthnet.org</x:t>
   </x:si>
   <x:si>
     <x:t>Medical Center Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>500 W 4th St</x:t>
   </x:si>
   <x:si>
     <x:t>Po Box 7239</x:t>
   </x:si>
   <x:si>
     <x:t>Odessa</x:t>
   </x:si>
   <x:si>
     <x:t>79761-5059</x:t>
   </x:si>
   <x:si>
     <x:t>mchodessa.com</x:t>
   </x:si>
   <x:si>
     <x:t>Medical City Alliance</x:t>
@@ -3550,75 +3634,90 @@
   <x:si>
     <x:t>4500 S Lancaster Rd</x:t>
   </x:si>
   <x:si>
     <x:t>75216-7167</x:t>
   </x:si>
   <x:si>
     <x:t>www.northtexas.va.gov</x:t>
   </x:si>
   <x:si>
     <x:t>Augusta Health</x:t>
   </x:si>
   <x:si>
     <x:t>78 Medical Center Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Fishersville</x:t>
   </x:si>
   <x:si>
     <x:t>VA</x:t>
   </x:si>
   <x:si>
     <x:t>22939-2332</x:t>
   </x:si>
   <x:si>
+    <x:t>Carilion New River Valley Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2900 Lamb Cir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Christiansburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24073-6344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.carilionclinic.org</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centra Bedford Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1613 Oakwood St</x:t>
   </x:si>
   <x:si>
     <x:t>24523-1213</x:t>
   </x:si>
   <x:si>
     <x:t>www.centrahealth.com/locations/centra-bedford-memorial-hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>Naval Medical Center Portsmouth</x:t>
-[...11 lines deleted...]
-    <x:t>www.med.navy.mil/NMRTC-Portsmouth-VA/</x:t>
+    <x:t>Riverside Doctors' Hospital Williamsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1500 Commonwealth Ave.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Williamsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.riversideonline.com/en/locations/hospitals/riverside-doctors-hospital-williamsburg</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside Shore Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>PO Box 430</x:t>
   </x:si>
   <x:si>
     <x:t>Onancock</x:t>
   </x:si>
   <x:si>
     <x:t>23417-0430</x:t>
   </x:si>
   <x:si>
     <x:t>www.riversideonline.com</x:t>
   </x:si>
   <x:si>
     <x:t>Riverside Walter Reed Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>7519 Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Gloucester</x:t>
   </x:si>
@@ -3895,102 +3994,96 @@
   <x:si>
     <x:t>1112</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> www.stlukes.com.ph</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital Wallis - Spitalzentrum Oberwallis ( SZO)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Spitalstrasse 7 </x:t>
   </x:si>
   <x:si>
     <x:t>Brig,Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>3900</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>www.spitalwallis.ch</x:t>
   </x:si>
   <x:si>
-    <x:t>Danat Al Emarat For Women and Children's Hospital</x:t>
-[...8 lines deleted...]
-    <x:t>Abu Dhabi</x:t>
+    <x:t>NMC Royal Hospital, DIP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dubai Investment Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dubai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6222</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
-    <x:t>www.danatalemarat.ae</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>nmc.ae/en/hospitals/dubai/nmc-royal-hospital-dip-16</x:t>
   </x:si>
   <x:si>
+    <x:t>NMC Specialty Hospital, Dubai Branch LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7A, Amman Street Next to Bait Al Khair Building</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nmc.ae/en</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sheikh Khalifa General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>Al SALAMA - AL QRAUN -1 P.O. Box - 499</x:t>
   </x:si>
   <x:si>
     <x:t>Umm Al Quwain</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>www.skgh.ae/</x:t>
   </x:si>
   <x:si>
     <x:t>Sheikh Khalifa Medical City</x:t>
   </x:si>
   <x:si>
-    <x:t>Karama Street</x:t>
+    <x:t>AL Karamah St - Al Tibbiya</x:t>
   </x:si>
   <x:si>
     <x:t>Abu Dhabi City</x:t>
   </x:si>
   <x:si>
     <x:t>skmc.seha.ae/</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic London</x:t>
   </x:si>
   <x:si>
     <x:t>33 Grosvenor Place</x:t>
   </x:si>
   <x:si>
     <x:t>London</x:t>
   </x:si>
   <x:si>
     <x:t>SW1X 7H</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>www.clevelandcliniclondon.uk/</x:t>
   </x:si>
@@ -4516,58 +4609,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K268"/>
+  <x:dimension ref="A1:K274"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="66.282054" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="42.282054" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="43.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="31.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="19.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="94.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="10.710625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="26.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
@@ -5426,6436 +5519,6601 @@
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A33" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A34" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A35" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A36" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A37" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A38" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A39" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="G39" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="0" t="s">
+      <x:c r="K39" s="0" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A40" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A41" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A42" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A43" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="G43" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="G43" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J43" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="K43" s="0" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A44" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A45" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A46" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A47" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A48" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A49" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F49" s="0" t="s">
+      <x:c r="G49" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="G49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A50" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B50" s="0" t="s">
+      <x:c r="D50" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D50" s="0" t="s">
+      <x:c r="E50" s="0" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A51" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A52" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="K52" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A53" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A54" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H54" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K54" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A55" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A56" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K56" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A57" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A58" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H58" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A59" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K59" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A60" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E60" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F60" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="G60" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H60" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="B60" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A61" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A62" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A63" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A64" s="0" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="B64" s="0" t="s">
+      <x:c r="D64" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="D64" s="0" t="s">
+      <x:c r="E64" s="0" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>325</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A65" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>338</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A66" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="B66" s="0" t="s">
+      <x:c r="D66" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D66" s="0" t="s">
+      <x:c r="E66" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F66" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E66" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F66" s="0" t="s">
+      <x:c r="G66" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H66" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="G66" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H66" s="0" t="s">
+      <x:c r="J66" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="K66" s="0" t="s">
         <x:v>343</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A67" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="B67" s="0" t="s">
+      <x:c r="D67" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D67" s="0" t="s">
+      <x:c r="E67" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E67" s="0" t="s">
+      <x:c r="G67" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="F67" s="0" t="s">
+      <x:c r="J67" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="G67" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>90</x:v>
+      <x:c r="K67" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A68" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="B68" s="0" t="s">
+      <x:c r="D68" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D68" s="0" t="s">
+      <x:c r="E68" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E68" s="0" t="s">
+      <x:c r="F68" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="F68" s="0" t="s">
+      <x:c r="G68" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H68" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="G68" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A69" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="B69" s="0" t="s">
+      <x:c r="D69" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="D69" s="0" t="s">
+      <x:c r="E69" s="0" t="s">
         <x:v>359</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A70" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A71" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K71" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A72" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="F72" s="0" t="s">
+      <x:c r="G72" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H72" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="G72" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="K72" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A73" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="B73" s="0" t="s">
+      <x:c r="D73" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D73" s="0" t="s">
+      <x:c r="E73" s="0" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A74" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="B74" s="0" t="s">
+      <x:c r="D74" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="D74" s="0" t="s">
+      <x:c r="E74" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="E74" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F74" s="0" t="s">
+      <x:c r="G74" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H74" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="G74" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A75" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="B75" s="0" t="s">
+      <x:c r="D75" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D75" s="0" t="s">
+      <x:c r="E75" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F75" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E75" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F75" s="0" t="s">
+      <x:c r="G75" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
         <x:v>392</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>393</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A76" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="B76" s="0" t="s">
+      <x:c r="D76" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D76" s="0" t="s">
+      <x:c r="E76" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E76" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F76" s="0" t="s">
+      <x:c r="G76" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A77" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="B77" s="0" t="s">
+      <x:c r="D77" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D77" s="0" t="s">
+      <x:c r="E77" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F77" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E77" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F77" s="0" t="s">
+      <x:c r="G77" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A78" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
+      <x:c r="D78" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D78" s="0" t="s">
+      <x:c r="E78" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F78" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="E78" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F78" s="0" t="s">
+      <x:c r="G78" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H78" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="G78" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A79" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="B79" s="0" t="s">
+      <x:c r="D79" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
+      <x:c r="E79" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F79" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="E79" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F79" s="0" t="s">
+      <x:c r="G79" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A80" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="B80" s="0" t="s">
+      <x:c r="D80" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
+      <x:c r="E80" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F80" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="E80" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F80" s="0" t="s">
+      <x:c r="G80" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H80" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="G80" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A81" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
+      <x:c r="D81" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="D81" s="0" t="s">
+      <x:c r="E81" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="E81" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F81" s="0" t="s">
+      <x:c r="G81" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="G81" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K81" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A82" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="B82" s="0" t="s">
+      <x:c r="D82" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
+      <x:c r="E82" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="E82" s="0" t="s">
+      <x:c r="G82" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H82" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="F82" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J82" s="0" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="K82" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A83" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="B83" s="0" t="s">
+      <x:c r="E83" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
+      <x:c r="F83" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="E83" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F83" s="0" t="s">
+      <x:c r="G83" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="G83" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K83" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A84" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="B84" s="0" t="s">
+      <x:c r="D84" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="s">
+      <x:c r="E84" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="F84" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="E84" s="0" t="s">
+      <x:c r="G84" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H84" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="F84" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A85" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="B85" s="0" t="s">
+      <x:c r="E85" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="D85" s="0" t="s">
+      <x:c r="F85" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="E85" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F85" s="0" t="s">
+      <x:c r="G85" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="G85" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>442</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A86" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="B86" s="0" t="s">
+      <x:c r="E86" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
-      <x:c r="D86" s="0" t="s">
+      <x:c r="G86" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H86" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="E86" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F86" s="0" t="s">
+      <x:c r="J86" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K86" s="0" t="s">
         <x:v>446</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A87" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="B87" s="0" t="s">
+      <x:c r="D87" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="D87" s="0" t="s">
+      <x:c r="E87" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
-      <x:c r="E87" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F87" s="0" t="s">
+      <x:c r="G87" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H87" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="G87" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A88" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="B88" s="0" t="s">
+      <x:c r="D88" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D88" s="0" t="s">
+      <x:c r="E88" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="E88" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F88" s="0" t="s">
+      <x:c r="G88" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H88" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="G88" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J88" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A89" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="B89" s="0" t="s">
+      <x:c r="D89" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="D89" s="0" t="s">
+      <x:c r="E89" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="E89" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F89" s="0" t="s">
+      <x:c r="G89" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="G89" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A90" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="B90" s="0" t="s">
+      <x:c r="D90" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="D90" s="0" t="s">
+      <x:c r="E90" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F90" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="E90" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F90" s="0" t="s">
+      <x:c r="G90" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H90" s="0" t="s">
         <x:v>466</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>467</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A91" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="B91" s="0" t="s">
+      <x:c r="E91" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="D91" s="0" t="s">
+      <x:c r="G91" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E91" s="0" t="s">
+      <x:c r="J91" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K91" s="0" t="s">
         <x:v>472</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A92" s="0" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="B92" s="0" t="s">
+      <x:c r="E92" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="D92" s="0" t="s">
+      <x:c r="F92" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="E92" s="0" t="s">
+      <x:c r="G92" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H92" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="F92" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J92" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K92" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A93" s="0" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="B93" s="0" t="s">
+      <x:c r="E93" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="D93" s="0" t="s">
+      <x:c r="F93" s="0" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>484</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A94" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="B94" s="0" t="s">
+      <x:c r="D94" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D94" s="0" t="s">
+      <x:c r="E94" s="0" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="E94" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F94" s="0" t="s">
+      <x:c r="G94" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
-      <x:c r="G94" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J94" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A95" s="0" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="B95" s="0" t="s">
+      <x:c r="D95" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D95" s="0" t="s">
+      <x:c r="E95" s="0" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="E95" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F95" s="0" t="s">
+      <x:c r="G95" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
-      <x:c r="G95" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A96" s="0" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="B96" s="0" t="s">
+      <x:c r="D96" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="D96" s="0" t="s">
+      <x:c r="E96" s="0" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
-      <x:c r="E96" s="0" t="s">
+      <x:c r="G96" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="F96" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J96" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K96" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A97" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B97" s="0" t="s">
+      <x:c r="E97" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
+      <x:c r="F97" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="E97" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F97" s="0" t="s">
+      <x:c r="G97" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
         <x:v>504</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A98" s="0" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
-      <x:c r="B98" s="0" t="s">
+      <x:c r="D98" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="D98" s="0" t="s">
+      <x:c r="E98" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
-      <x:c r="E98" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F98" s="0" t="s">
+      <x:c r="G98" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
-      <x:c r="G98" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A99" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A100" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="B100" s="0" t="s">
+      <x:c r="D100" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="D100" s="0" t="s">
+      <x:c r="E100" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
-      <x:c r="E100" s="0" t="s">
+      <x:c r="G100" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="F100" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J100" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K100" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A101" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
-      <x:c r="B101" s="0" t="s">
+      <x:c r="E101" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
+      <x:c r="F101" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F101" s="0" t="s">
+      <x:c r="G101" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
-      <x:c r="G101" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A102" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="B102" s="0" t="s">
+      <x:c r="D102" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="D102" s="0" t="s">
+      <x:c r="E102" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="E102" s="0" t="s">
+      <x:c r="G102" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H102" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
-      <x:c r="F102" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A103" s="0" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
-      <x:c r="B103" s="0" t="s">
+      <x:c r="E103" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
-      <x:c r="D103" s="0" t="s">
+      <x:c r="F103" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="E103" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F103" s="0" t="s">
+      <x:c r="G103" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
-      <x:c r="G103" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A104" s="0" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="B104" s="0" t="s">
+      <x:c r="D104" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
-      <x:c r="D104" s="0" t="s">
+      <x:c r="E104" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
-      <x:c r="E104" s="0" t="s">
+      <x:c r="G104" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
-      <x:c r="F104" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A105" s="0" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B105" s="0" t="s">
+      <x:c r="D105" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
+      <x:c r="E105" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="E105" s="0" t="s">
+      <x:c r="F105" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
-      <x:c r="F105" s="0" t="s">
+      <x:c r="G105" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
-      <x:c r="G105" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A106" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
-      <x:c r="B106" s="0" t="s">
+      <x:c r="D106" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
-      <x:c r="D106" s="0" t="s">
+      <x:c r="E106" s="0" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
-      <x:c r="E106" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F106" s="0" t="s">
+      <x:c r="G106" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H106" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="G106" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A107" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
-      <x:c r="B107" s="0" t="s">
+      <x:c r="D107" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="D107" s="0" t="s">
+      <x:c r="E107" s="0" t="s">
         <x:v>556</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>546</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A108" s="0" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="B108" s="0" t="s">
+      <x:c r="D108" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="D108" s="0" t="s">
+      <x:c r="E108" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="E108" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F108" s="0" t="s">
+      <x:c r="G108" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="G108" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K108" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A109" s="0" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="B109" s="0" t="s">
+      <x:c r="D109" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A110" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A111" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A112" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>468</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A113" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="E113" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F113" s="0" t="s">
+      <x:c r="G113" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="G113" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A114" s="0" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="B114" s="0" t="s">
+      <x:c r="D114" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="D114" s="0" t="s">
+      <x:c r="E114" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="E114" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F114" s="0" t="s">
+      <x:c r="G114" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H114" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="G114" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J114" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A115" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="B115" s="0" t="s">
+      <x:c r="D115" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D115" s="0" t="s">
+      <x:c r="E115" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E115" s="0" t="s">
+      <x:c r="G115" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
-      <x:c r="F115" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A116" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
-      <x:c r="B116" s="0" t="s">
+      <x:c r="G116" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
-      <x:c r="D116" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K116" s="0" t="s">
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A117" s="0" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
-      <x:c r="B117" s="0" t="s">
+      <x:c r="G117" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D117" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A118" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
-      <x:c r="B118" s="0" t="s">
+      <x:c r="G118" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="D118" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J118" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K118" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A119" s="0" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
-      <x:c r="B119" s="0" t="s">
+      <x:c r="F119" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
-      <x:c r="D119" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F119" s="0" t="s">
+      <x:c r="G119" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="G119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A120" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="B120" s="0" t="s">
+      <x:c r="D120" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="D120" s="0" t="s">
+      <x:c r="E120" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="E120" s="0" t="s">
+      <x:c r="F120" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
-      <x:c r="F120" s="0" t="s">
+      <x:c r="G120" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="G120" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H120" s="0" t="s">
+      <x:c r="J120" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="K120" s="0" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A121" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A122" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K122" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A123" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="F123" s="0" t="s">
+      <x:c r="G123" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="G123" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="K123" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A124" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
+      <x:c r="D124" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="D124" s="0" t="s">
+      <x:c r="G124" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H124" s="0" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>644</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A125" s="0" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="B125" s="0" t="s">
+      <x:c r="E125" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="D125" s="0" t="s">
+      <x:c r="F125" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
-      <x:c r="E125" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F125" s="0" t="s">
+      <x:c r="G125" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="G125" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A126" s="0" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="B126" s="0" t="s">
+      <x:c r="D126" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="D126" s="0" t="s">
+      <x:c r="E126" s="0" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
-      <x:c r="E126" s="0" t="s">
+      <x:c r="G126" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H126" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="F126" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A127" s="0" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="B127" s="0" t="s">
+      <x:c r="E127" s="0" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="D127" s="0" t="s">
+      <x:c r="G127" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="E127" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A128" s="0" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="B128" s="0" t="s">
+      <x:c r="E128" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="D128" s="0" t="s">
+      <x:c r="F128" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="E128" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F128" s="0" t="s">
+      <x:c r="G128" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H128" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
-      <x:c r="G128" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K128" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A129" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K129" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A130" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K130" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A131" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>680</x:v>
+      </x:c>
       <x:c r="J131" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K131" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A132" s="0" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="B132" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A133" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A134" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A135" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="B135" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A136" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A137" s="0" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="B137" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A138" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A139" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A140" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A141" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A142" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A143" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="G143" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
-      <x:c r="G143" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A144" s="0" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="B144" s="0" t="s">
+      <x:c r="D144" s="0" t="s">
         <x:v>738</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>739</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="G144" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H144" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="G144" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A145" s="0" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="B145" s="0" t="s">
+      <x:c r="D145" s="0" t="s">
         <x:v>743</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>744</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
-      <x:c r="G145" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A146" s="0" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
-      <x:c r="B146" s="0" t="s">
+      <x:c r="D146" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
-      <x:c r="D146" s="0" t="s">
+      <x:c r="E146" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="F146" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="E146" s="0" t="s">
+      <x:c r="G146" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H146" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="F146" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>753</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A147" s="0" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
-      <x:c r="B147" s="0" t="s">
+      <x:c r="F147" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="D147" s="0" t="s">
+      <x:c r="G147" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="E147" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A148" s="0" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="B148" s="0" t="s">
+      <x:c r="E148" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
-      <x:c r="D148" s="0" t="s">
+      <x:c r="G148" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H148" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="E148" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K148" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A149" s="0" t="s">
+        <x:v>762</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
-      <x:c r="B149" s="0" t="s">
+      <x:c r="E149" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F149" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="D149" s="0" t="s">
+      <x:c r="G149" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
-      <x:c r="E149" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K149" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A150" s="0" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
+        <x:v>769</x:v>
+      </x:c>
+      <x:c r="E150" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="B150" s="0" t="s">
+      <x:c r="G150" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H150" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
-      <x:c r="D150" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K150" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A151" s="0" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="E151" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
-      <x:c r="B151" s="0" t="s">
+      <x:c r="F151" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
-      <x:c r="D151" s="0" t="s">
+      <x:c r="G151" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
-      <x:c r="E151" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F151" s="0" t="s">
+      <x:c r="J151" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K151" s="0" t="s">
         <x:v>778</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A152" s="0" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
-      <x:c r="B152" s="0" t="s">
+      <x:c r="D152" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="D152" s="0" t="s">
+      <x:c r="E152" s="0" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="F152" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="E152" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F152" s="0" t="s">
+      <x:c r="G152" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H152" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="G152" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J152" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K152" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A153" s="0" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="B153" s="0" t="s">
+      <x:c r="D153" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="D153" s="0" t="s">
+      <x:c r="E153" s="0" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="E153" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F153" s="0" t="s">
+      <x:c r="G153" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
         <x:v>788</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>789</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A154" s="0" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="B154" s="0" t="s">
+      <x:c r="D154" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="D154" s="0" t="s">
+      <x:c r="E154" s="0" t="s">
         <x:v>792</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>767</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A155" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A156" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A157" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A158" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>813</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A159" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A160" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A161" s="0" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>826</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="B161" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A162" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A163" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K163" s="0" t="s">
+        <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A164" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A165" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A166" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H166" s="0" t="s">
+        <x:v>851</x:v>
+      </x:c>
       <x:c r="J166" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A167" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>856</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A168" s="0" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A169" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
-      <x:c r="F169" s="0" t="s">
+      <x:c r="G169" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
-      <x:c r="G169" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A170" s="0" t="s">
+        <x:v>867</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
         <x:v>868</x:v>
       </x:c>
-      <x:c r="B170" s="0" t="s">
+      <x:c r="D170" s="0" t="s">
         <x:v>869</x:v>
       </x:c>
-      <x:c r="D170" s="0" t="s">
+      <x:c r="E170" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F170" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
-      <x:c r="E170" s="0" t="s">
+      <x:c r="G170" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H170" s="0" t="s">
         <x:v>871</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>873</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A171" s="0" t="s">
+        <x:v>872</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
-      <x:c r="B171" s="0" t="s">
+      <x:c r="E171" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A172" s="0" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
+        <x:v>878</x:v>
+      </x:c>
+      <x:c r="E172" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F172" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
-      <x:c r="B172" s="0" t="s">
+      <x:c r="G172" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H172" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
-      <x:c r="D172" s="0" t="s">
+      <x:c r="J172" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="K172" s="0" t="s">
         <x:v>881</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A173" s="0" t="s">
+        <x:v>882</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>883</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="B173" s="0" t="s">
+      <x:c r="E173" s="0" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="D173" s="0" t="s">
+      <x:c r="G173" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="E173" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K173" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A174" s="0" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="B174" s="0" t="s">
+      <x:c r="E174" s="0" t="s">
         <x:v>890</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>871</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K174" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A175" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A176" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>899</x:v>
-[...1 lines deleted...]
-      <x:c r="C176" s="0" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K176" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A177" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K177" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A178" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A179" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="E179" s="0" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
-      <x:c r="E179" s="0" t="s">
+      <x:c r="G179" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
-      <x:c r="F179" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A180" s="0" t="s">
+        <x:v>918</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>919</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
-      <x:c r="B180" s="0" t="s">
+      <x:c r="E180" s="0" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
         <x:v>921</x:v>
       </x:c>
-      <x:c r="D180" s="0" t="s">
+      <x:c r="G180" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H180" s="0" t="s">
         <x:v>922</x:v>
       </x:c>
-      <x:c r="E180" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A181" s="0" t="s">
+        <x:v>923</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>924</x:v>
+      </x:c>
+      <x:c r="C181" s="0" t="s">
+        <x:v>925</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
+        <x:v>926</x:v>
+      </x:c>
+      <x:c r="E181" s="0" t="s">
+        <x:v>896</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
-      <x:c r="B181" s="0" t="s">
+      <x:c r="G181" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
         <x:v>928</x:v>
       </x:c>
-      <x:c r="D181" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>933</x:v>
-[...2 lines deleted...]
-        <x:v>934</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A182" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A183" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>938</x:v>
+      </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K183" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A184" s="0" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="E184" s="0" t="s">
+        <x:v>942</x:v>
+      </x:c>
+      <x:c r="F184" s="0" t="s">
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="G184" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H184" s="0" t="s">
         <x:v>944</x:v>
       </x:c>
-      <x:c r="B184" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A185" s="0" t="s">
+        <x:v>945</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>946</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
+        <x:v>947</x:v>
+      </x:c>
+      <x:c r="E185" s="0" t="s">
+        <x:v>948</x:v>
+      </x:c>
+      <x:c r="F185" s="0" t="s">
         <x:v>949</x:v>
       </x:c>
-      <x:c r="B185" s="0" t="s">
+      <x:c r="G185" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
         <x:v>950</x:v>
       </x:c>
-      <x:c r="D185" s="0" t="s">
+      <x:c r="J185" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K185" s="0" t="s">
         <x:v>951</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A186" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="s">
         <x:v>954</x:v>
       </x:c>
-      <x:c r="B186" s="0" t="s">
+      <x:c r="E186" s="0" t="s">
         <x:v>955</x:v>
       </x:c>
-      <x:c r="D186" s="0" t="s">
+      <x:c r="F186" s="0" t="s">
         <x:v>956</x:v>
       </x:c>
-      <x:c r="E186" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F186" s="0" t="s">
+      <x:c r="G186" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H186" s="0" t="s">
         <x:v>957</x:v>
       </x:c>
-      <x:c r="G186" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H186" s="0" t="s">
+      <x:c r="J186" s="0" t="s">
         <x:v>958</x:v>
       </x:c>
-      <x:c r="J186" s="0" t="s">
-        <x:v>90</x:v>
+      <x:c r="K186" s="0" t="s">
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A187" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>964</x:v>
+      </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="K187" s="0" t="s">
+        <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A188" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A189" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A190" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A191" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>979</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K191" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A192" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A193" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A194" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>995</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A195" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A196" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>1005</x:v>
-[...2 lines deleted...]
-        <x:v>1006</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A197" s="0" t="s">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="K197" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A198" s="0" t="s">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A199" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>1017</x:v>
-[...1 lines deleted...]
-      <x:c r="C199" s="0" t="s">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A200" s="0" t="s">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K200" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A201" s="0" t="s">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>1032</x:v>
+      </x:c>
+      <x:c r="K201" s="0" t="s">
+        <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A202" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>1033</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>1037</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A203" s="0" t="s">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K203" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A204" s="0" t="s">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>1045</x:v>
       </x:c>
+      <x:c r="C204" s="0" t="s">
+        <x:v>1046</x:v>
+      </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>1046</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>753</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A205" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A206" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A207" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="K207" s="0" t="s">
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A208" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>1066</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A209" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A210" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A211" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A212" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>344</x:v>
-[...2 lines deleted...]
-        <x:v>1086</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A213" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A214" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A215" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A216" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>1101</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A217" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A218" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
-        <x:v>344</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A219" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A220" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A221" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K221" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A222" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K222" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A223" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A224" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>1147</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A225" s="0" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>1154</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A226" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
-        <x:v>1146</x:v>
-[...2 lines deleted...]
-        <x:v>1157</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A227" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>1005</x:v>
-[...2 lines deleted...]
-        <x:v>1162</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A228" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1168</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A229" s="0" t="s">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>1174</x:v>
+      </x:c>
+      <x:c r="K229" s="0" t="s">
+        <x:v>1175</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A230" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A231" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>1176</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>1177</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>1184</x:v>
+      </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>1185</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A232" s="0" t="s">
-        <x:v>1180</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>1181</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>1182</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A233" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>1186</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>1187</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>1188</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="K233" s="0" t="s">
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A234" s="0" t="s">
-        <x:v>1189</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>1191</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>1192</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
-        <x:v>1193</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A235" s="0" t="s">
-        <x:v>1194</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>1195</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>1196</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>1197</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A236" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>1178</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H236" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J236" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A237" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
+        <x:v>1210</x:v>
+      </x:c>
+      <x:c r="E237" s="0" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="E237" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A238" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A239" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>1214</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A240" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>1220</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>1226</x:v>
+      </x:c>
       <x:c r="J240" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K240" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A241" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>1221</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>1226</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>1227</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K241" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A242" s="0" t="s">
-        <x:v>1228</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>1229</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>1236</x:v>
+      </x:c>
       <x:c r="J242" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A243" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K243" s="0" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A244" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
+        <x:v>1244</x:v>
+      </x:c>
+      <x:c r="D244" s="0" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="E244" s="0" t="s">
         <x:v>1240</x:v>
       </x:c>
-      <x:c r="D244" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>1242</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K244" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A245" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>1245</x:v>
-[...2 lines deleted...]
-        <x:v>1246</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="E245" s="0" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="F245" s="0" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="G245" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="E245" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A246" s="0" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="B246" s="0" t="s">
+      <x:c r="D246" s="0" t="s">
         <x:v>1253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1254</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>1256</x:v>
-[...2 lines deleted...]
-        <x:v>1257</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A247" s="0" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="D247" s="0" t="s">
         <x:v>1258</x:v>
       </x:c>
-      <x:c r="B247" s="0" t="s">
+      <x:c r="E247" s="0" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="F247" s="0" t="s">
         <x:v>1259</x:v>
       </x:c>
-      <x:c r="D247" s="0" t="s">
+      <x:c r="G247" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
         <x:v>1260</x:v>
       </x:c>
-      <x:c r="F247" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A248" s="0" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="s">
+        <x:v>1263</x:v>
+      </x:c>
+      <x:c r="E248" s="0" t="s">
         <x:v>1264</x:v>
       </x:c>
-      <x:c r="B248" s="0" t="s">
+      <x:c r="F248" s="0" t="s">
         <x:v>1265</x:v>
       </x:c>
-      <x:c r="D248" s="0" t="s">
+      <x:c r="G248" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="J248" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="K248" s="0" t="s">
         <x:v>1266</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A249" s="0" t="s">
+        <x:v>1267</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>1268</x:v>
+      </x:c>
+      <x:c r="D249" s="0" t="s">
         <x:v>1269</x:v>
       </x:c>
-      <x:c r="B249" s="0" t="s">
+      <x:c r="E249" s="0" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
         <x:v>1270</x:v>
       </x:c>
-      <x:c r="C249" s="0" t="s">
+      <x:c r="G249" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
         <x:v>1271</x:v>
       </x:c>
-      <x:c r="D249" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A250" s="0" t="s">
+        <x:v>1272</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="s">
+        <x:v>1274</x:v>
+      </x:c>
+      <x:c r="E250" s="0" t="s">
+        <x:v>1264</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
+        <x:v>1275</x:v>
+      </x:c>
+      <x:c r="G250" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H250" s="0" t="s">
         <x:v>1276</x:v>
       </x:c>
-      <x:c r="B250" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>236</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A251" s="0" t="s">
+        <x:v>1277</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>1278</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
+        <x:v>1279</x:v>
+      </x:c>
+      <x:c r="D251" s="0" t="s">
+        <x:v>1280</x:v>
+      </x:c>
+      <x:c r="E251" s="0" t="s">
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="F251" s="0" t="s">
+        <x:v>1282</x:v>
+      </x:c>
+      <x:c r="G251" s="0" t="s">
         <x:v>1283</x:v>
       </x:c>
-      <x:c r="B251" s="0" t="s">
+      <x:c r="H251" s="0" t="s">
         <x:v>1284</x:v>
       </x:c>
-      <x:c r="D251" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A252" s="0" t="s">
+        <x:v>1285</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>1286</x:v>
+      </x:c>
+      <x:c r="D252" s="0" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="E252" s="0" t="s">
+        <x:v>1287</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
+        <x:v>1288</x:v>
+      </x:c>
+      <x:c r="G252" s="0" t="s">
         <x:v>1289</x:v>
       </x:c>
-      <x:c r="B252" s="0" t="s">
+      <x:c r="H252" s="0" t="s">
         <x:v>1290</x:v>
       </x:c>
-      <x:c r="D252" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J252" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A253" s="0" t="s">
+        <x:v>1291</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>1292</x:v>
+      </x:c>
+      <x:c r="D253" s="0" t="s">
+        <x:v>1293</x:v>
+      </x:c>
+      <x:c r="F253" s="0" t="s">
+        <x:v>1294</x:v>
+      </x:c>
+      <x:c r="G253" s="0" t="s">
         <x:v>1295</x:v>
       </x:c>
-      <x:c r="B253" s="0" t="s">
+      <x:c r="H253" s="0" t="s">
         <x:v>1296</x:v>
       </x:c>
-      <x:c r="C253" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A254" s="0" t="s">
+        <x:v>1297</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>1298</x:v>
+      </x:c>
+      <x:c r="D254" s="0" t="s">
+        <x:v>1299</x:v>
+      </x:c>
+      <x:c r="F254" s="0" t="s">
+        <x:v>1300</x:v>
+      </x:c>
+      <x:c r="G254" s="0" t="s">
+        <x:v>1295</x:v>
+      </x:c>
+      <x:c r="H254" s="0" t="s">
         <x:v>1301</x:v>
       </x:c>
-      <x:c r="B254" s="0" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A255" s="0" t="s">
+        <x:v>1302</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>1303</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
+        <x:v>1304</x:v>
+      </x:c>
+      <x:c r="D255" s="0" t="s">
+        <x:v>1305</x:v>
+      </x:c>
+      <x:c r="F255" s="0" t="s">
         <x:v>1306</x:v>
       </x:c>
-      <x:c r="B255" s="0" t="s">
+      <x:c r="G255" s="0" t="s">
         <x:v>1307</x:v>
       </x:c>
-      <x:c r="D255" s="0" t="s">
+      <x:c r="H255" s="0" t="s">
         <x:v>1308</x:v>
       </x:c>
-      <x:c r="F255" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A256" s="0" t="s">
+        <x:v>1309</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>1310</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="B256" s="0" t="s">
+      <x:c r="D256" s="0" t="s">
         <x:v>1312</x:v>
       </x:c>
-      <x:c r="D256" s="0" t="s">
+      <x:c r="F256" s="0" t="s">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A257" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>1316</x:v>
-[...2 lines deleted...]
-        <x:v>1316</x:v>
+        <x:v>1317</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="E257" s="0" t="s">
+        <x:v>1319</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>1318</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="K257" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A258" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>1322</x:v>
-[...1 lines deleted...]
-      <x:c r="C258" s="0" t="s">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1326</x:v>
+      </x:c>
+      <x:c r="H258" s="0" t="s">
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="K258" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A259" s="0" t="s">
-        <x:v>1326</x:v>
-[...2 lines deleted...]
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A260" s="0" t="s">
+        <x:v>1334</x:v>
+      </x:c>
+      <x:c r="B260" s="0" t="s">
+        <x:v>1335</x:v>
+      </x:c>
+      <x:c r="D260" s="0" t="s">
         <x:v>1330</x:v>
       </x:c>
-      <x:c r="B260" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C260" s="0" t="s">
+      <x:c r="G260" s="0" t="s">
         <x:v>1332</x:v>
       </x:c>
-      <x:c r="D260" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H260" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A261" s="0" t="s">
-        <x:v>1336</x:v>
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>1336</x:v>
-[...2 lines deleted...]
-        <x:v>1337</x:v>
+        <x:v>1338</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>1338</x:v>
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1340</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A262" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>1342</x:v>
-[...1 lines deleted...]
-      <x:c r="C262" s="0" t="s">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>1344</x:v>
       </x:c>
-      <x:c r="F262" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>1319</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="K262" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A263" s="0" t="s">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="s">
         <x:v>1348</x:v>
       </x:c>
-      <x:c r="D263" s="0" t="s">
+      <x:c r="F263" s="0" t="s">
         <x:v>1349</x:v>
       </x:c>
-      <x:c r="F263" s="0" t="s">
+      <x:c r="G263" s="0" t="s">
         <x:v>1350</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1319</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A264" s="0" t="s">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>1319</x:v>
-[...2 lines deleted...]
-        <x:v>1357</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A265" s="0" t="s">
+        <x:v>1357</x:v>
+      </x:c>
+      <x:c r="C265" s="0" t="s">
         <x:v>1358</x:v>
       </x:c>
-      <x:c r="B265" s="0" t="s">
+      <x:c r="D265" s="0" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="F265" s="0" t="s">
         <x:v>1359</x:v>
       </x:c>
-      <x:c r="C265" s="0" t="s">
+      <x:c r="G265" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
         <x:v>1360</x:v>
       </x:c>
-      <x:c r="D265" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A266" s="0" t="s">
+        <x:v>1361</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
+        <x:v>1362</x:v>
+      </x:c>
+      <x:c r="C266" s="0" t="s">
+        <x:v>1363</x:v>
+      </x:c>
+      <x:c r="D266" s="0" t="s">
         <x:v>1364</x:v>
       </x:c>
-      <x:c r="B266" s="0" t="s">
+      <x:c r="F266" s="0" t="s">
         <x:v>1365</x:v>
       </x:c>
-      <x:c r="C266" s="0" t="s">
+      <x:c r="G266" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H266" s="0" t="s">
         <x:v>1366</x:v>
       </x:c>
-      <x:c r="D266" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="J266" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A267" s="0" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>1367</x:v>
+      </x:c>
+      <x:c r="C267" s="0" t="s">
+        <x:v>1368</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="s">
         <x:v>1369</x:v>
       </x:c>
-      <x:c r="B267" s="0" t="s">
+      <x:c r="F267" s="0" t="s">
         <x:v>1370</x:v>
       </x:c>
-      <x:c r="D267" s="0" t="s">
+      <x:c r="G267" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
         <x:v>1371</x:v>
       </x:c>
-      <x:c r="F267" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="K267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A268" s="0" t="s">
+        <x:v>1372</x:v>
+      </x:c>
+      <x:c r="B268" s="0" t="s">
+        <x:v>1373</x:v>
+      </x:c>
+      <x:c r="C268" s="0" t="s">
         <x:v>1374</x:v>
       </x:c>
-      <x:c r="B268" s="0" t="s">
+      <x:c r="D268" s="0" t="s">
         <x:v>1375</x:v>
       </x:c>
-      <x:c r="C268" s="0" t="s">
+      <x:c r="F268" s="0" t="s">
+        <x:v>1348</x:v>
+      </x:c>
+      <x:c r="G268" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H268" s="0" t="s">
         <x:v>1376</x:v>
       </x:c>
-      <x:c r="D268" s="0" t="s">
+      <x:c r="J268" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A269" s="0" t="s">
         <x:v>1377</x:v>
       </x:c>
-      <x:c r="E268" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F268" s="0" t="s">
+      <x:c r="B269" s="0" t="s">
         <x:v>1378</x:v>
       </x:c>
-      <x:c r="G268" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="H268" s="0" t="s">
+      <x:c r="C269" s="0" t="s">
         <x:v>1379</x:v>
       </x:c>
-      <x:c r="J268" s="0" t="s">
+      <x:c r="D269" s="0" t="s">
+        <x:v>1380</x:v>
+      </x:c>
+      <x:c r="F269" s="0" t="s">
+        <x:v>1381</x:v>
+      </x:c>
+      <x:c r="G269" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>1382</x:v>
+      </x:c>
+      <x:c r="J269" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="270" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A270" s="0" t="s">
+        <x:v>1383</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>1384</x:v>
+      </x:c>
+      <x:c r="C270" s="0" t="s">
+        <x:v>1385</x:v>
+      </x:c>
+      <x:c r="D270" s="0" t="s">
+        <x:v>1386</x:v>
+      </x:c>
+      <x:c r="F270" s="0" t="s">
+        <x:v>1387</x:v>
+      </x:c>
+      <x:c r="G270" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>1388</x:v>
+      </x:c>
+      <x:c r="J270" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="271" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A271" s="0" t="s">
+        <x:v>1389</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>1390</x:v>
+      </x:c>
+      <x:c r="C271" s="0" t="s">
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="D271" s="0" t="s">
+        <x:v>1392</x:v>
+      </x:c>
+      <x:c r="F271" s="0" t="s">
+        <x:v>1393</x:v>
+      </x:c>
+      <x:c r="G271" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>1394</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="272" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A272" s="0" t="s">
+        <x:v>1395</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>1396</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
+        <x:v>1397</x:v>
+      </x:c>
+      <x:c r="D272" s="0" t="s">
+        <x:v>1364</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
+        <x:v>1398</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H272" s="0" t="s">
+        <x:v>1399</x:v>
+      </x:c>
+      <x:c r="J272" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A273" s="0" t="s">
+        <x:v>1400</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>1401</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
+        <x:v>1402</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
+        <x:v>1403</x:v>
+      </x:c>
+      <x:c r="G273" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>1404</x:v>
+      </x:c>
+      <x:c r="J273" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K273" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:11" ht="14.25" customHeight="1">
+      <x:c r="A274" s="0" t="s">
+        <x:v>1405</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>1406</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
+        <x:v>1407</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
+        <x:v>1408</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
+        <x:v>1409</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
+        <x:v>1350</x:v>
+      </x:c>
+      <x:c r="H274" s="0" t="s">
+        <x:v>1410</x:v>
+      </x:c>
+      <x:c r="J274" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="K268" s="0" t="s">
+      <x:c r="K274" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Pathway Organizations</vt:lpstr>
       <vt:lpstr>Pathway Organizations!Print_Area</vt:lpstr>
       <vt:lpstr>Pathway Organizations!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>