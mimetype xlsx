--- v1 (2025-12-29)
+++ v2 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd925e795fb4d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7fe4f3fa0e4449d19560f86348fb749b.psmdcp" Id="Rc0a743780dc44136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216cb995c70f41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1086513626d4ee5b2cd656518e433ad.psmdcp" Id="Rd2f673e32c4c43df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Pathway Organizations" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Facility Name 1</x:t>
   </x:si>
   <x:si>
     <x:t>Address 1</x:t>
   </x:si>
   <x:si>
@@ -88,95 +88,116 @@
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2017, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>CHI St. Vincent North</x:t>
   </x:si>
   <x:si>
     <x:t>2215 Wildwood Ave.</x:t>
   </x:si>
   <x:si>
     <x:t>Sherwood</x:t>
   </x:si>
   <x:si>
     <x:t>72120-5092</x:t>
   </x:si>
   <x:si>
     <x:t>www.commonspirit.org/find-a-location/chi-st-vincent-north-263</x:t>
   </x:si>
   <x:si>
     <x:t>2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Onvida Health</x:t>
+    <x:t>Onvida Health: Yuma Regional Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>2400 S Avenue A</x:t>
   </x:si>
   <x:si>
     <x:t>Yuma</x:t>
   </x:si>
   <x:si>
     <x:t>AZ</x:t>
   </x:si>
   <x:si>
     <x:t>85364-7127</x:t>
   </x:si>
   <x:si>
     <x:t>www.onvidahealth.org/</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>Bakersfield Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>420 34th St</x:t>
   </x:si>
   <x:si>
     <x:t>Bakersfield</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>93301-2298</x:t>
   </x:si>
   <x:si>
     <x:t>www.dignityhealth.org/central-california/locations/memorial-hospital</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2019, 2024</x:t>
   </x:si>
   <x:si>
+    <x:t>San Francisco Veterans Affairs Healthcare System</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4150 Clement St </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATTN: MSO Credentialers Med Staff Office (011 COS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94121</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.va.gov/san-francisco-health-care/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>St. John's Hospitals</x:t>
   </x:si>
   <x:si>
     <x:t>1600 N Rose Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Oxnard</x:t>
   </x:si>
   <x:si>
     <x:t>93030-3722</x:t>
   </x:si>
   <x:si>
     <x:t>www.dignityhealth.org/central-coast/locations/stjohnsregional</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>Sutter Health Alta Bates Summit Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>350 Hawthorne Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Oakland</x:t>
@@ -358,461 +379,422 @@
   <x:si>
     <x:t>Vail</x:t>
   </x:si>
   <x:si>
     <x:t>81657-5038</x:t>
   </x:si>
   <x:si>
     <x:t>www.vailhealth.org</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>Valley View Hospital Association</x:t>
   </x:si>
   <x:si>
     <x:t>1906 Blake Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Glenwood Springs</x:t>
   </x:si>
   <x:si>
     <x:t>81601-4259</x:t>
   </x:si>
   <x:si>
-    <x:t>MedStar Washington Hospital Center</x:t>
-[...14 lines deleted...]
-    <x:t>www.medstarwashington.org</x:t>
+    <x:t>Adventhealth Daytona Beach Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301 Memorial Medical Pkwy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Daytona Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32117-5167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AdventHealth.com/hospital/AdventHealth-daytona-beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adventhealth DeLand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>701 W Plymouth Avenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32720-3236</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">www.adventhealth.com/hospital/adventhealth-deland </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adventhealth Fish Memorial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1055 Saxon Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32763-8468</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.adventhealth.com/hospital/adventhealth-fish-memorial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adventhealth New Smyrna Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>401 Palmetto St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Smyrna Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32168-7322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AdventHealth.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adventhealth of Carrollwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7171 N Dale Mabry Hwy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tampa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.adventhealth.com/hospital/adventhealth-carrollwood</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AdventHealth Wesley Chapel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29177 Picana Lane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wesley Chapel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33543</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">www.adventhealth.com/hospital/adventhealth-wesley-chapel </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adventhealth Zephyrhills and Dade City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7050 Gall Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zephyrhills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33541-1347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.adventhealth.com/hospital/adventhealth-zephyrhills</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baptist Health Mariners Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>91500 Overseas Hwy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tavernier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33070-2547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BaptistHealth.net</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015, 2018, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bartow Regional Medical Center</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2200 Osprey Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bartow</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33830-3308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>baycare.org/hospitals/bartow-regional-medical-center/patients-and-visitors</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baycare Ambulatory Surgery Centers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2020 Trinity Oaks Blvd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34655-4402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broward Health Imperial Point</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6401 N Federal Hwy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Lauderdale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33308-1427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broward Health.Org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018, 2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleveland Clinic Indian River Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1000 36th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vero Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32960-4862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>my.clevelandclinic.org/locations/directions/529-indian-river-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA Florida Kendall Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11750 SW 40th St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33175-3530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.hcafloridahealthcare.com/locations/kendall-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA Florida Ocala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1431 SW 1st Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ocala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34471-6500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.hcafloridahealthcare.com/locations/ocala-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA Florida Osceola Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700 W Oak Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kissimmee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.hcafloridahealthcare.com/locations/osceola-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA Florida St. Lucie Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1800 SE Tiffany Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Saint Lucie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34952-7521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.hcafloridahealthcare.com/locations/st-lucie-hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCA Florida West Marion Hospital (Fka West Marion Community</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4600 SW 46th Ct</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34474-5783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HCAFloridahealthcare.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mease Countryside Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3231 Mcmullen Booth Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Safety Harbor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34695-6607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.baycare.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018, 2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mease Dunedin Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>601 Main St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dunedin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34698-5848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BayCare.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morton Plant Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>300 Pinellas St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clearwater</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33756-3892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>baycare.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morton Plant North Bay Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6600 Madison St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Port Richey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34652-1971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NCH Healthcare System</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350 7th St N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Naples</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34102-5754</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nchmd.org/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2016, 2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>South Florida Baptist Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>301 N Alexander St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plant City</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33563-4303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>St. Joseph's Hospital South</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6901 Simmons Loop</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverview</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33578</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
-    <x:t>Adventhealth Daytona Beach Hospital</x:t>
-[...388 lines deleted...]
-  <x:si>
     <x:t>2022, 2022</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">St. Joseph's Women's Hospital </x:t>
   </x:si>
   <x:si>
     <x:t>3030 W Dr Martin Luther King Jr Blvd</x:t>
   </x:si>
   <x:si>
     <x:t>33607-6394</x:t>
   </x:si>
   <x:si>
     <x:t>Winter Haven Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>410 S 11th St</x:t>
   </x:si>
   <x:si>
     <x:t>Lake Wales</x:t>
   </x:si>
   <x:si>
     <x:t>33853-4256</x:t>
   </x:si>
   <x:si>
     <x:t>baycare.org/hospitals/winter-haven-hospital/patients-and-visitors</x:t>
@@ -898,51 +880,51 @@
   <x:si>
     <x:t>Miller County Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>209 N Cuthbert St</x:t>
   </x:si>
   <x:si>
     <x:t>Colquitt</x:t>
   </x:si>
   <x:si>
     <x:t>39837-3518</x:t>
   </x:si>
   <x:si>
     <x:t>Piedmont Atlanta Hospital</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1968 Peachtree Road, NW </x:t>
   </x:si>
   <x:si>
     <x:t>30309</x:t>
   </x:si>
   <x:si>
     <x:t>piedmont.org</x:t>
   </x:si>
   <x:si>
-    <x:t>Piedmont Walton Hospital</x:t>
+    <x:t>Piedmont Walton</x:t>
   </x:si>
   <x:si>
     <x:t>2151 W Spring St</x:t>
   </x:si>
   <x:si>
     <x:t>Monroe</x:t>
   </x:si>
   <x:si>
     <x:t>30655-3202</x:t>
   </x:si>
   <x:si>
     <x:t>www.piedmont.org/locations/piedmont-walton/about</x:t>
   </x:si>
   <x:si>
     <x:t>Tanner Health System - Carrollton</x:t>
   </x:si>
   <x:si>
     <x:t>705 Dixie St</x:t>
   </x:si>
   <x:si>
     <x:t>Carrollton</x:t>
   </x:si>
   <x:si>
     <x:t>30117-3818</x:t>
   </x:si>
@@ -1351,65 +1333,50 @@
   <x:si>
     <x:t>40962-6388</x:t>
   </x:si>
   <x:si>
     <x:t>www.adventhealth.com/hospital/adventhealth-manchester</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist  Health La Grange</x:t>
   </x:si>
   <x:si>
     <x:t>1025 New Moody Ln</x:t>
   </x:si>
   <x:si>
     <x:t>La Grange</x:t>
   </x:si>
   <x:si>
     <x:t>40031-9100</x:t>
   </x:si>
   <x:si>
     <x:t>www.baptisthealth.com/locations/baptist-health-la-grange</x:t>
   </x:si>
   <x:si>
     <x:t>2019, 2023</x:t>
   </x:si>
   <x:si>
-    <x:t>Baptist Health Corbin</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Baptist Health Deaconess Madisonville</x:t>
   </x:si>
   <x:si>
     <x:t>900 Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Madisonville</x:t>
   </x:si>
   <x:si>
     <x:t>42431-1644</x:t>
   </x:si>
   <x:si>
     <x:t>baptisthealthdeaconess.com</x:t>
   </x:si>
   <x:si>
     <x:t>Baptist Health Hardin</x:t>
   </x:si>
   <x:si>
     <x:t>913 N Dixie Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Elizabethtown</x:t>
   </x:si>
   <x:si>
     <x:t>42701-2599</x:t>
@@ -1729,51 +1696,51 @@
   <x:si>
     <x:t>Concord</x:t>
   </x:si>
   <x:si>
     <x:t>28025-2927</x:t>
   </x:si>
   <x:si>
     <x:t>atriumhealth.org/locations/detail/atrium-health-cabarrus</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health Cleveland</x:t>
   </x:si>
   <x:si>
     <x:t>201 E Grover St</x:t>
   </x:si>
   <x:si>
     <x:t>Shelby</x:t>
   </x:si>
   <x:si>
     <x:t>28150-3917</x:t>
   </x:si>
   <x:si>
     <x:t>atriumhealth.org/locations/detail/atrium-health-cleveland</x:t>
   </x:si>
   <x:si>
-    <x:t>Atrium Health Pineville Medical Center</x:t>
+    <x:t>Atrium Health Pineville</x:t>
   </x:si>
   <x:si>
     <x:t>10628 Park Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Charlotte</x:t>
   </x:si>
   <x:si>
     <x:t>28210-8407</x:t>
   </x:si>
   <x:si>
     <x:t>atriumhealth.org/locations/detail/atrium-health-pineville</x:t>
   </x:si>
   <x:si>
     <x:t>Atrium Health Union</x:t>
   </x:si>
   <x:si>
     <x:t>600 Hospital Dr</x:t>
   </x:si>
   <x:si>
     <x:t>28112-6000</x:t>
   </x:si>
   <x:si>
     <x:t>atriumhealth.org/locations/detail/atrium-health-union</x:t>
   </x:si>
@@ -1882,51 +1849,51 @@
   <x:si>
     <x:t>www.jrmcnd.com</x:t>
   </x:si>
   <x:si>
     <x:t>CHI  Health Immanuel</x:t>
   </x:si>
   <x:si>
     <x:t>6901 N 72nd St</x:t>
   </x:si>
   <x:si>
     <x:t>Omaha</x:t>
   </x:si>
   <x:si>
     <x:t>NE</x:t>
   </x:si>
   <x:si>
     <x:t>68122-1709</x:t>
   </x:si>
   <x:si>
     <x:t>www.chihealth.com/locations/immanuel</x:t>
   </x:si>
   <x:si>
     <x:t>2017, 2020, 2025</x:t>
   </x:si>
   <x:si>
-    <x:t>CHI Health Good Samaritan Hospital</x:t>
+    <x:t>CHI Good Samaritan Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>10 E 31st St</x:t>
   </x:si>
   <x:si>
     <x:t>Kearney</x:t>
   </x:si>
   <x:si>
     <x:t>68847-2918</x:t>
   </x:si>
   <x:si>
     <x:t>www.chihealth.com</x:t>
   </x:si>
   <x:si>
     <x:t>Columbus Community Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4600 38th St</x:t>
   </x:si>
   <x:si>
     <x:t>Columbus</x:t>
   </x:si>
   <x:si>
     <x:t>68601-1664</x:t>
   </x:si>
@@ -2068,183 +2035,171 @@
   <x:si>
     <x:t>NY</x:t>
   </x:si>
   <x:si>
     <x:t>12983-5644</x:t>
   </x:si>
   <x:si>
     <x:t>adirondackhealth.org</x:t>
   </x:si>
   <x:si>
     <x:t>Mercy Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>1000 N Village Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Rockville Ctr</x:t>
   </x:si>
   <x:si>
     <x:t>11570-1000</x:t>
   </x:si>
   <x:si>
     <x:t>www.catholichealthli.org&gt;mercy-hospital</x:t>
   </x:si>
   <x:si>
+    <x:t>New York City Health+hospitals/Kings County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451 Clarkson Ave</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brooklyn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11203-2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>nychhc.org</x:t>
+  </x:si>
+  <x:si>
     <x:t>NYC H+H / Queens Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>8268 164th St</x:t>
   </x:si>
   <x:si>
     <x:t>Jamaica</x:t>
   </x:si>
   <x:si>
     <x:t>11432-1121</x:t>
   </x:si>
   <x:si>
     <x:t>NYC Health + Hospitals | Carter</x:t>
   </x:si>
   <x:si>
     <x:t>1752 Park Ave</x:t>
   </x:si>
   <x:si>
     <x:t>New York</x:t>
   </x:si>
   <x:si>
     <x:t>10035-2811</x:t>
   </x:si>
   <x:si>
     <x:t>www.nychealthandhospitals.org/locations/carter/</x:t>
   </x:si>
   <x:si>
     <x:t>NYC Health + Hospitals/Metropolitan</x:t>
   </x:si>
   <x:si>
     <x:t>1901 1st Avenue</x:t>
   </x:si>
   <x:si>
     <x:t>10029</x:t>
   </x:si>
   <x:si>
     <x:t>www.nychealthandhospitals.org/locations/metropolitan/</x:t>
   </x:si>
   <x:si>
     <x:t>NYC Health + Hospitals/South Brooklyn Health</x:t>
   </x:si>
   <x:si>
     <x:t>2601 Ocean Pkwy</x:t>
   </x:si>
   <x:si>
-    <x:t>Brooklyn</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11235-7745</x:t>
   </x:si>
   <x:si>
-    <x:t>NYC Health+Hospitals/Kings County</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Park Ridge Living Center</x:t>
   </x:si>
   <x:si>
     <x:t>1555 Long Pond Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Rochester</x:t>
   </x:si>
   <x:si>
     <x:t>14626-4182</x:t>
   </x:si>
   <x:si>
     <x:t>www.rochesterregional.org</x:t>
   </x:si>
   <x:si>
     <x:t>South Oaks Hospital</x:t>
   </x:si>
   <x:si>
-    <x:t>400 Sunrise Hwy</x:t>
-[...5 lines deleted...]
-    <x:t>11701-2508</x:t>
+    <x:t>75 North Country Road</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Port Jefferson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11777</x:t>
   </x:si>
   <x:si>
     <x:t>southoaks.northwell.edu/</x:t>
   </x:si>
   <x:si>
     <x:t>St. Lawrence Health</x:t>
   </x:si>
   <x:si>
     <x:t>50 LeRoy St</x:t>
   </x:si>
   <x:si>
     <x:t>Potsdam</x:t>
   </x:si>
   <x:si>
     <x:t>13676-1786</x:t>
   </x:si>
   <x:si>
     <x:t>www.stlawrencehealthsystem.org/</x:t>
   </x:si>
   <x:si>
-    <x:t>Wayne Health Care</x:t>
-[...17 lines deleted...]
-    <x:t>Grafton</x:t>
+    <x:t>Cleveland Clinic Akron General Lodi Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>225 Elyria St., Lodi, OH, 44254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lodi</x:t>
   </x:si>
   <x:si>
     <x:t>OH</x:t>
   </x:si>
   <x:si>
-    <x:t>44044</x:t>
+    <x:t>44254</x:t>
   </x:si>
   <x:si>
     <x:t>clevelandclinic.org/lodihospital</x:t>
   </x:si>
   <x:si>
     <x:t>OhioHealth Doctors Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>5100 W Broad St</x:t>
   </x:si>
   <x:si>
     <x:t>43228-1607</x:t>
   </x:si>
   <x:si>
     <x:t>www.ohiohealth.com</x:t>
   </x:si>
   <x:si>
     <x:t>Premier Health - Atrium Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1 Medical Center Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Middletown</x:t>
   </x:si>
@@ -2569,57 +2524,57 @@
   <x:si>
     <x:t>19301-1793</x:t>
   </x:si>
   <x:si>
     <x:t>www.mainlinehealth.org/locations/paoli-hospital</x:t>
   </x:si>
   <x:si>
     <x:t>Penn Highlands Dubois</x:t>
   </x:si>
   <x:si>
     <x:t>100 Hospital Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Du Bois</x:t>
   </x:si>
   <x:si>
     <x:t>15801-1440</x:t>
   </x:si>
   <x:si>
     <x:t>www.phhealthcare.org/location/hospitals/penn-highlands-dubois-3</x:t>
   </x:si>
   <x:si>
     <x:t>Riddle Hospital, Main Line Health</x:t>
   </x:si>
   <x:si>
-    <x:t>1068 W Baltimore Pike</x:t>
-[...5 lines deleted...]
-    <x:t>19063-5104</x:t>
+    <x:t>624 Haudie Ann Rd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Upper Chichester</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19061</x:t>
   </x:si>
   <x:si>
     <x:t>www.mainlinehealth.org/locations/riddle-hospital</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Carlisle</x:t>
   </x:si>
   <x:si>
     <x:t>361 Alexander Spring Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Carlisle</x:t>
   </x:si>
   <x:si>
     <x:t>17015-6940</x:t>
   </x:si>
   <x:si>
     <x:t>www.upmc.com/locations/hospitals/carlisle</x:t>
   </x:si>
   <x:si>
     <x:t>UPMC Hanover Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>300 Highland Ave</x:t>
   </x:si>
@@ -3031,65 +2986,50 @@
   <x:si>
     <x:t>Denton</x:t>
   </x:si>
   <x:si>
     <x:t>76208-5910</x:t>
   </x:si>
   <x:si>
     <x:t>www.bswhealth.com/the-heart-hospital/locations/denton</x:t>
   </x:si>
   <x:si>
     <x:t>Covenant Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4002 24th St</x:t>
   </x:si>
   <x:si>
     <x:t>Lubbock</x:t>
   </x:si>
   <x:si>
     <x:t>79410</x:t>
   </x:si>
   <x:si>
     <x:t>www.providence.org/locations/covenant-health/childrens-hospital?ls=location&amp;y_source=1_Mjc3M</x:t>
   </x:si>
   <x:si>
-    <x:t>Covenant Health Plainview</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>El Paso Children's Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>4845 Alameda Ave</x:t>
   </x:si>
   <x:si>
     <x:t>El Paso</x:t>
   </x:si>
   <x:si>
     <x:t>79905-2705</x:t>
   </x:si>
   <x:si>
     <x:t>www.elpasochildrens.org</x:t>
   </x:si>
   <x:si>
     <x:t>Harris Health System ACS</x:t>
   </x:si>
   <x:si>
     <x:t>4800 Fournace Place</x:t>
   </x:si>
   <x:si>
     <x:t>Bellaire</x:t>
   </x:si>
   <x:si>
     <x:t>77401</x:t>
@@ -3295,92 +3235,104 @@
   <x:si>
     <x:t>6700 W Ih 10</x:t>
   </x:si>
   <x:si>
     <x:t>78201-2009</x:t>
   </x:si>
   <x:si>
     <x:t>SAhealth.com</x:t>
   </x:si>
   <x:si>
     <x:t>Methodist Hospital Atascosa</x:t>
   </x:si>
   <x:si>
     <x:t>1905 E State Highway 97</x:t>
   </x:si>
   <x:si>
     <x:t>Jourdanton</x:t>
   </x:si>
   <x:si>
     <x:t>78026-1504</x:t>
   </x:si>
   <x:si>
     <x:t>www.sahealth.com/locations/methodist-hospital-atascosa</x:t>
   </x:si>
   <x:si>
+    <x:t>Methodist Hospital Hill Country</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1020 S Highway 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fredericksburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78624-4471</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.sahealth.com/locations/methodist-hospital-hill-country</x:t>
+  </x:si>
+  <x:si>
     <x:t>Methodist Hospital Metropolitan</x:t>
   </x:si>
   <x:si>
     <x:t>1310 Mccullough Ave</x:t>
   </x:si>
   <x:si>
     <x:t>78212-5699</x:t>
   </x:si>
   <x:si>
     <x:t>sahealth.com/locations/methodist-hospital-metropolitan</x:t>
   </x:si>
   <x:si>
-    <x:t>Methodist Hospital Northeast</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Methodist Midlothian Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>1201 E US-287</x:t>
   </x:si>
   <x:si>
     <x:t>Midlothian</x:t>
   </x:si>
   <x:si>
     <x:t>76065-4107</x:t>
   </x:si>
   <x:si>
     <x:t>www.methodisthealthsystem.org/methodist-midlothian-medical-center/</x:t>
   </x:si>
   <x:si>
+    <x:t>Methodist Specialty and Transplant Hospital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8026 Floyd Curl Dr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78229-3915</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.sahealth.com/locations/methodist-hospital-specialty-and-transplant</x:t>
+  </x:si>
+  <x:si>
     <x:t>Midland Memorial Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>400 Rosalind Redfern Grover Pkwy</x:t>
   </x:si>
   <x:si>
     <x:t>Midland</x:t>
   </x:si>
   <x:si>
     <x:t>79701-6499</x:t>
   </x:si>
   <x:si>
     <x:t>www.midlandhealth.org</x:t>
   </x:si>
   <x:si>
     <x:t>2014, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>North Central Surgical Center Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>9301 N Central Expy Ste 100</x:t>
   </x:si>
   <x:si>
     <x:t>Dallas</x:t>
@@ -3436,68 +3388,50 @@
   <x:si>
     <x:t>10864 Texas Health Trl</x:t>
   </x:si>
   <x:si>
     <x:t>76244-4897</x:t>
   </x:si>
   <x:si>
     <x:t>www.texashealth.org/alliance</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Harris Methodist Cleburne</x:t>
   </x:si>
   <x:si>
     <x:t>201 Walls Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Cleburne</x:t>
   </x:si>
   <x:si>
     <x:t>76033-4007</x:t>
   </x:si>
   <x:si>
     <x:t>www.texashealth.org/locations/texas-health-cleburne</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Texas Health Harris Methodist Hospital Azle	</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Texas Health Harris Methodist Hospital Stephenville</x:t>
   </x:si>
   <x:si>
     <x:t>411 N Belknap St</x:t>
   </x:si>
   <x:si>
     <x:t>Stephenville</x:t>
   </x:si>
   <x:si>
     <x:t>76401-3415</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">www.texashealth.org/stephenville </x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2015, 2018, 2023</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Hospital of Frisco</x:t>
   </x:si>
   <x:si>
     <x:t>12400 Dallas Pkwy</x:t>
@@ -3553,65 +3487,50 @@
   <x:si>
     <x:t>www.texashealth.org/allen</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2012, 2016, 2019, 2019, 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Health Presbyterian Hospital Kaufman</x:t>
   </x:si>
   <x:si>
     <x:t>850 Ed Hall Dr</x:t>
   </x:si>
   <x:si>
     <x:t>Kaufman</x:t>
   </x:si>
   <x:si>
     <x:t>75142-1861</x:t>
   </x:si>
   <x:si>
     <x:t>www.texashealth.org/Locations/texas-health-kaufman</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Texas Health Specialty Hospital </x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">The Menninger Clinic 		</x:t>
   </x:si>
   <x:si>
     <x:t>12301 Main St</x:t>
   </x:si>
   <x:si>
     <x:t>77035-6207</x:t>
   </x:si>
   <x:si>
     <x:t>www.menningerclinic.com</x:t>
   </x:si>
   <x:si>
     <x:t>2010, 2014, 2017, 2022</x:t>
   </x:si>
   <x:si>
     <x:t>United Regional Health Care System</x:t>
   </x:si>
   <x:si>
     <x:t>1600 11th St</x:t>
   </x:si>
   <x:si>
     <x:t>Wichita Falls</x:t>
   </x:si>
   <x:si>
     <x:t>76301-4388</x:t>
@@ -3778,50 +3697,65 @@
   <x:si>
     <x:t>1800 NW Myhre Rd</x:t>
   </x:si>
   <x:si>
     <x:t>Silverdale</x:t>
   </x:si>
   <x:si>
     <x:t>98383-7663</x:t>
   </x:si>
   <x:si>
     <x:t>Aspirus Medford Hospital &amp; Clinics</x:t>
   </x:si>
   <x:si>
     <x:t>W5102 Correction Ln</x:t>
   </x:si>
   <x:si>
     <x:t>Medford</x:t>
   </x:si>
   <x:si>
     <x:t>WI</x:t>
   </x:si>
   <x:si>
     <x:t>54451-8708</x:t>
   </x:si>
   <x:si>
+    <x:t>Aurora Medical Center Bay Area</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3003 University Dr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marinette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54143-4110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.aurorahealthcare.org/locations/hospital/aurora-medical-center-bay-area/</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zablocki VA Health Care System</x:t>
   </x:si>
   <x:si>
     <x:t>5000 W National Ave Rm 6300</x:t>
   </x:si>
   <x:si>
     <x:t>Milwaukee</x:t>
   </x:si>
   <x:si>
     <x:t>53295-0001</x:t>
   </x:si>
   <x:si>
     <x:t>www.va.gov/milwaukee-health-care</x:t>
   </x:si>
   <x:si>
     <x:t>Martinsburg VA Medical Center</x:t>
   </x:si>
   <x:si>
     <x:t>510 Butler Ave</x:t>
   </x:si>
   <x:si>
     <x:t>Martinsburg</x:t>
   </x:si>
   <x:si>
     <x:t>WV</x:t>
@@ -3994,50 +3928,53 @@
   <x:si>
     <x:t>1112</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> www.stlukes.com.ph</x:t>
   </x:si>
   <x:si>
     <x:t>Hospital Wallis - Spitalzentrum Oberwallis ( SZO)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Spitalstrasse 7 </x:t>
   </x:si>
   <x:si>
     <x:t>Brig,Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>3900</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>www.spitalwallis.ch</x:t>
   </x:si>
   <x:si>
+    <x:t>2020, 2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>NMC Royal Hospital, DIP</x:t>
   </x:si>
   <x:si>
     <x:t>Dubai Investment Park</x:t>
   </x:si>
   <x:si>
     <x:t>Dubai</x:t>
   </x:si>
   <x:si>
     <x:t>6222</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>nmc.ae/en/hospitals/dubai/nmc-royal-hospital-dip-16</x:t>
   </x:si>
   <x:si>
     <x:t>NMC Specialty Hospital, Dubai Branch LTD</x:t>
   </x:si>
   <x:si>
     <x:t>7A, Amman Street Next to Bait Al Khair Building</x:t>
   </x:si>
   <x:si>
     <x:t>nmc.ae/en</x:t>
@@ -4046,50 +3983,62 @@
     <x:t>Sheikh Khalifa General Hospital</x:t>
   </x:si>
   <x:si>
     <x:t>Al SALAMA - AL QRAUN -1 P.O. Box - 499</x:t>
   </x:si>
   <x:si>
     <x:t>Umm Al Quwain</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>www.skgh.ae/</x:t>
   </x:si>
   <x:si>
     <x:t>Sheikh Khalifa Medical City</x:t>
   </x:si>
   <x:si>
     <x:t>AL Karamah St - Al Tibbiya</x:t>
   </x:si>
   <x:si>
     <x:t>Abu Dhabi City</x:t>
   </x:si>
   <x:si>
     <x:t>skmc.seha.ae/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sheikh Khalifa Medical City Ajman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Street</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ajman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.skmca.ae/</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland Clinic London</x:t>
   </x:si>
   <x:si>
     <x:t>33 Grosvenor Place</x:t>
   </x:si>
   <x:si>
     <x:t>London</x:t>
   </x:si>
   <x:si>
     <x:t>SW1X 7H</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>www.clevelandcliniclondon.uk/</x:t>
   </x:si>
   <x:si>
     <x:t>East and North Hertfordshire NHS Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Phoenix House Topcliffe Lane</x:t>
   </x:si>
@@ -4609,59 +4558,59 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:K274"/>
+  <x:dimension ref="A1:K270"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="66.282054" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.139196" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="31.282054" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="47.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="19.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="94.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="10.710625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="26.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
@@ -4780,550 +4729,550 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A6" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="D6" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J6" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A8" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A10" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A12" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J12" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K12" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A14" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="J14" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A15" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A16" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J16" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A17" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A18" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J18" s="0" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A19" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H19" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A20" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H20" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J20" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K20" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A21" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A22" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A23" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A24" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A25" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
@@ -5331,51 +5280,51 @@
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A26" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A27" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
@@ -5412,77 +5361,77 @@
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A29" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A30" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A31" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
@@ -5545,80 +5494,80 @@
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A34" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A35" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A36" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
@@ -5629,77 +5578,77 @@
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A37" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A38" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A39" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
@@ -5800,6320 +5749,6195 @@
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A43" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A44" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A45" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A46" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A47" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A48" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A49" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A50" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A51" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K51" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A52" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K52" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A53" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A54" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A55" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A56" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H56" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J56" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A57" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A58" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E58" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="F58" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="G58" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H58" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="E58" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A59" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A60" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H60" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A61" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A62" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H62" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A63" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E63" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A64" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K64" s="0" t="s">
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A65" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="K65" s="0" t="s">
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A66" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>343</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A67" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A68" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A69" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A70" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A71" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A72" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E72" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K72" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A73" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A74" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A75" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A76" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="B76" s="0" t="s">
+      <x:c r="D76" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="D76" s="0" t="s">
+      <x:c r="E76" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="E76" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F76" s="0" t="s">
+      <x:c r="G76" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H76" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="G76" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J76" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A77" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A78" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A79" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A80" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>79</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A81" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A82" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E82" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A83" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A84" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="E84" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K84" s="0" t="s">
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A85" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K85" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A86" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A87" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A88" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A89" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A90" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H90" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J90" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A91" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>472</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A92" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A93" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A94" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A95" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A96" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H96" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J96" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A97" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K97" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A98" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A99" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
-      <x:c r="D99" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>518</x:v>
+      </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A100" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A101" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A102" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K102" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A103" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A104" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H104" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J104" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A105" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>542</x:v>
-[...2 lines deleted...]
-        <x:v>543</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A106" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A107" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>16</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A108" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A109" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A110" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A111" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A112" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K112" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A113" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K113" s="0" t="s">
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A114" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K114" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A115" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A116" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>472</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A117" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A118" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A119" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K119" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A120" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-        <x:v>623</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A121" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K121" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A122" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A123" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="E123" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="D123" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K123" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A124" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A125" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A126" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="E126" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A127" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K127" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A128" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A129" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
-      <x:c r="E129" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A130" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A131" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A132" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A133" s="0" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="B133" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>692</x:v>
+      </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A134" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H134" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J134" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A135" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K135" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A136" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>705</x:v>
+      </x:c>
       <x:c r="J136" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A137" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A138" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A139" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
-      <x:c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K139" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A140" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A141" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>730</x:v>
+      </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A142" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A143" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A144" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K144" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A145" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K145" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A146" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K146" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A147" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K147" s="0" t="s">
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A148" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A149" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A150" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A151" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>778</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A152" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="K152" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A153" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A154" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A155" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A156" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A157" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A158" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A159" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K159" s="0" t="s">
+        <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A160" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A161" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A162" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A163" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>838</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A164" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A165" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A166" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A167" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A168" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="K168" s="0" t="s">
+        <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A169" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K169" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A170" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="K170" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A171" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>883</x:v>
+      </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A172" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A173" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A174" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A175" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A176" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A177" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="C177" s="0" t="s">
+        <x:v>910</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A178" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A179" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K179" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A180" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A181" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>924</x:v>
-[...2 lines deleted...]
-        <x:v>925</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K181" s="0" t="s">
+        <x:v>936</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A182" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>943</x:v>
+      </x:c>
+      <x:c r="K182" s="0" t="s">
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A183" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>950</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A184" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="E184" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
-      <x:c r="D184" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A185" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H185" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>951</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A186" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>953</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>954</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>956</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
-        <x:v>957</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
-        <x:v>959</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A187" s="0" t="s">
-        <x:v>960</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>961</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>962</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>963</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>964</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>958</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>965</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A188" s="0" t="s">
-        <x:v>966</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>967</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>969</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>970</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A189" s="0" t="s">
-        <x:v>971</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>972</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>973</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>974</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A190" s="0" t="s">
-        <x:v>975</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>976</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>977</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>978</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H190" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J190" s="0" t="s">
-        <x:v>111</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A191" s="0" t="s">
-        <x:v>980</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>981</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>982</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>983</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>984</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A192" s="0" t="s">
-        <x:v>985</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>986</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>989</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A193" s="0" t="s">
-        <x:v>990</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>991</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>968</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>992</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H193" s="0" t="s">
+        <x:v>996</x:v>
+      </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A194" s="0" t="s">
-        <x:v>993</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>994</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>995</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>996</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>1001</x:v>
+      </x:c>
       <x:c r="J194" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A195" s="0" t="s">
-        <x:v>997</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>998</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>999</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>1000</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>1001</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A196" s="0" t="s">
-        <x:v>1002</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>1003</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>1004</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>1005</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>1006</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="K196" s="0" t="s">
+        <x:v>1013</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A197" s="0" t="s">
-        <x:v>1007</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>1008</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>1009</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>1010</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>1011</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K197" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A198" s="0" t="s">
-        <x:v>1012</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>1013</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>1014</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
-        <x:v>1016</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K198" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A199" s="0" t="s">
-        <x:v>1017</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>1018</x:v>
+        <x:v>1025</x:v>
+      </x:c>
+      <x:c r="C199" s="0" t="s">
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>1019</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>1020</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>1021</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A200" s="0" t="s">
-        <x:v>1022</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>1023</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>1025</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>1026</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A201" s="0" t="s">
-        <x:v>1027</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>1028</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>1029</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>1030</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>1031</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>1032</x:v>
-[...2 lines deleted...]
-        <x:v>1033</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A202" s="0" t="s">
-        <x:v>1034</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>1035</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>1037</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>1038</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A203" s="0" t="s">
-        <x:v>1039</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>1040</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>1042</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>1043</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A204" s="0" t="s">
-        <x:v>1044</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>1045</x:v>
-[...2 lines deleted...]
-        <x:v>1046</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>1047</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>1048</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
-        <x:v>1049</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K204" s="0" t="s">
+        <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A205" s="0" t="s">
-        <x:v>1050</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>1051</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>1052</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>1053</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>1054</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A206" s="0" t="s">
-        <x:v>1055</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>1056</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>1057</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>1058</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
-        <x:v>1059</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A207" s="0" t="s">
-        <x:v>1060</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>1061</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>1062</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>1063</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>1064</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>1065</x:v>
-[...2 lines deleted...]
-        <x:v>1066</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A208" s="0" t="s">
-        <x:v>1067</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>1068</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>1069</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>1070</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
-        <x:v>1071</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A209" s="0" t="s">
-        <x:v>1072</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>1076</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>778</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A210" s="0" t="s">
-        <x:v>1077</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>1078</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>1036</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>1079</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
-        <x:v>1080</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="K210" s="0" t="s">
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A211" s="0" t="s">
-        <x:v>1081</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>1082</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
-        <x:v>1085</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A212" s="0" t="s">
-        <x:v>1086</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>1087</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>1088</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
-        <x:v>1089</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A213" s="0" t="s">
-        <x:v>1090</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>1092</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="K213" s="0" t="s">
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A214" s="0" t="s">
-        <x:v>1095</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>1096</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>1097</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
-        <x:v>1098</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>472</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A215" s="0" t="s">
-        <x:v>1099</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>1102</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A216" s="0" t="s">
-        <x:v>1104</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>1105</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>1106</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>1107</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
-        <x:v>1108</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K216" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A217" s="0" t="s">
-        <x:v>1109</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>1110</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>1111</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>1112</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>1113</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A218" s="0" t="s">
-        <x:v>1115</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>1116</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="K218" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A219" s="0" t="s">
-        <x:v>1120</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>1121</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>1122</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>1123</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A220" s="0" t="s">
-        <x:v>1124</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>1083</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>1126</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>1132</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A221" s="0" t="s">
-        <x:v>1128</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>1129</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>1130</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>1131</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>1132</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A222" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>1134</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>1135</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A223" s="0" t="s">
-        <x:v>1137</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>1138</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>1140</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
-        <x:v>1141</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A224" s="0" t="s">
-        <x:v>1142</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>1143</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>1144</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>1145</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
-        <x:v>1146</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
-        <x:v>1147</x:v>
+        <x:v>1153</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A225" s="0" t="s">
-        <x:v>1148</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>1149</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>1150</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>1151</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>1152</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>1153</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>1154</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A226" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>1156</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>987</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
-        <x:v>1158</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="K226" s="0" t="s">
+        <x:v>1163</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A227" s="0" t="s">
-        <x:v>1159</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>1160</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>1161</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>1162</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>1163</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="K227" s="0" t="s">
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A228" s="0" t="s">
-        <x:v>1164</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>1165</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>1166</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
-        <x:v>1167</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
-        <x:v>349</x:v>
-[...2 lines deleted...]
-        <x:v>1168</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A229" s="0" t="s">
-        <x:v>1169</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>1170</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>1171</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>1175</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A230" s="0" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>1179</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H230" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J230" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A231" s="0" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>1041</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>1174</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>1185</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A232" s="0" t="s">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>1024</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
-        <x:v>1032</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
-        <x:v>1190</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A233" s="0" t="s">
+        <x:v>1190</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="B233" s="0" t="s">
+      <x:c r="D233" s="0" t="s">
         <x:v>1192</x:v>
       </x:c>
-      <x:c r="D233" s="0" t="s">
+      <x:c r="E233" s="0" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="F233" s="0" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="E233" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="F233" s="0" t="s">
+      <x:c r="G233" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
         <x:v>1194</x:v>
       </x:c>
-      <x:c r="G233" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>1114</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A234" s="0" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="B234" s="0" t="s">
+      <x:c r="D234" s="0" t="s">
         <x:v>1197</x:v>
       </x:c>
-      <x:c r="D234" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>1015</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
-        <x:v>1198</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K234" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A235" s="0" t="s">
-        <x:v>1199</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>1200</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>1117</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>955</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>1201</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>1202</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A236" s="0" t="s">
-        <x:v>1203</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>1204</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>1205</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>1207</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>1209</x:v>
+      </x:c>
       <x:c r="J236" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A237" s="0" t="s">
-        <x:v>1208</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>1209</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>1210</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>1211</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>1212</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A238" s="0" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="D238" s="0" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="E238" s="0" t="s">
         <x:v>1213</x:v>
       </x:c>
-      <x:c r="B238" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>1215</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
-        <x:v>1216</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A239" s="0" t="s">
-        <x:v>1217</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>1218</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>1219</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
+        <x:v>1223</x:v>
+      </x:c>
+      <x:c r="G239" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="G239" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A240" s="0" t="s">
-        <x:v>1222</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>1223</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>1224</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>1225</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H240" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J240" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A241" s="0" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>1230</x:v>
+      </x:c>
+      <x:c r="D241" s="0" t="s">
+        <x:v>1231</x:v>
+      </x:c>
+      <x:c r="E241" s="0" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="B241" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>1230</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>1231</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>18</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A242" s="0" t="s">
-        <x:v>1232</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>1233</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>1234</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>1206</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>1235</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
-        <x:v>1236</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A243" s="0" t="s">
-        <x:v>1237</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>1238</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>1239</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>1241</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="H243" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>1244</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A244" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>1244</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>1245</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>1246</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A245" s="0" t="s">
-        <x:v>1243</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>1248</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>1249</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>1240</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>1250</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>1247</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>85</x:v>
-[...2 lines deleted...]
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A246" s="0" t="s">
-        <x:v>1251</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>1252</x:v>
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="C246" s="0" t="s">
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>1253</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>1255</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>1262</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K246" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A247" s="0" t="s">
-        <x:v>1256</x:v>
+        <x:v>1263</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>1257</x:v>
+        <x:v>1264</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>1258</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>1254</x:v>
+        <x:v>1265</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>1259</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>1267</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>1260</x:v>
+        <x:v>1268</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A248" s="0" t="s">
-        <x:v>1261</x:v>
+        <x:v>1269</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>1262</x:v>
+        <x:v>1270</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>1263</x:v>
-[...2 lines deleted...]
-        <x:v>1264</x:v>
+        <x:v>1271</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>1265</x:v>
+        <x:v>1272</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>1273</x:v>
+      </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>1274</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
-        <x:v>349</x:v>
-[...2 lines deleted...]
-        <x:v>1266</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A249" s="0" t="s">
-        <x:v>1267</x:v>
+        <x:v>1275</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>1268</x:v>
+        <x:v>1276</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>1269</x:v>
-[...2 lines deleted...]
-        <x:v>1264</x:v>
+        <x:v>1277</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>1270</x:v>
+        <x:v>1278</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>1273</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>1271</x:v>
+        <x:v>1279</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A250" s="0" t="s">
-        <x:v>1272</x:v>
+        <x:v>1280</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>1273</x:v>
+        <x:v>1281</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
+        <x:v>1282</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>1274</x:v>
-[...2 lines deleted...]
-        <x:v>1264</x:v>
+        <x:v>1283</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>1275</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>1285</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
-        <x:v>1276</x:v>
+        <x:v>1286</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A251" s="0" t="s">
-        <x:v>1277</x:v>
+        <x:v>1287</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>1278</x:v>
+        <x:v>1288</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>1279</x:v>
+        <x:v>1289</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>1280</x:v>
-[...2 lines deleted...]
-        <x:v>1281</x:v>
+        <x:v>1290</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>1282</x:v>
+        <x:v>1291</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>1283</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
-        <x:v>1284</x:v>
+        <x:v>1293</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A252" s="0" t="s">
-        <x:v>1285</x:v>
+        <x:v>1294</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>1286</x:v>
+        <x:v>1295</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1296</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>1287</x:v>
+        <x:v>1297</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>1288</x:v>
+        <x:v>1298</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>1289</x:v>
+        <x:v>1292</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
-        <x:v>1290</x:v>
+        <x:v>1299</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K252" s="0" t="s">
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A253" s="0" t="s">
-        <x:v>1291</x:v>
+        <x:v>1300</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>1292</x:v>
+        <x:v>1301</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>1293</x:v>
+        <x:v>1302</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>1294</x:v>
+        <x:v>1303</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1304</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>1296</x:v>
+        <x:v>1305</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="K253" s="0" t="s">
+        <x:v>1306</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A254" s="0" t="s">
-        <x:v>1297</x:v>
+        <x:v>1307</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>1298</x:v>
+        <x:v>1308</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>1299</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>1300</x:v>
+        <x:v>1310</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>1295</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
-        <x:v>1301</x:v>
+        <x:v>1312</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A255" s="0" t="s">
-        <x:v>1302</x:v>
+        <x:v>1313</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>1303</x:v>
-[...2 lines deleted...]
-        <x:v>1304</x:v>
+        <x:v>1314</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>1305</x:v>
-[...2 lines deleted...]
-        <x:v>1306</x:v>
+        <x:v>1309</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>1307</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
-        <x:v>1308</x:v>
+        <x:v>1315</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A256" s="0" t="s">
-        <x:v>1309</x:v>
+        <x:v>1316</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>1310</x:v>
-[...1 lines deleted...]
-      <x:c r="C256" s="0" t="s">
+        <x:v>1317</x:v>
+      </x:c>
+      <x:c r="D256" s="0" t="s">
+        <x:v>1318</x:v>
+      </x:c>
+      <x:c r="F256" s="0" t="s">
+        <x:v>1319</x:v>
+      </x:c>
+      <x:c r="G256" s="0" t="s">
         <x:v>1311</x:v>
       </x:c>
-      <x:c r="D256" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H256" s="0" t="s">
-        <x:v>1315</x:v>
+        <x:v>1320</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A257" s="0" t="s">
-        <x:v>1316</x:v>
+        <x:v>1321</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>1317</x:v>
+        <x:v>1322</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>1318</x:v>
-[...5 lines deleted...]
-        <x:v>1320</x:v>
+        <x:v>1323</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>1314</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
-        <x:v>1321</x:v>
+        <x:v>1324</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A258" s="0" t="s">
-        <x:v>1322</x:v>
+        <x:v>1325</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>1323</x:v>
+        <x:v>1326</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>1324</x:v>
-[...2 lines deleted...]
-        <x:v>1325</x:v>
+        <x:v>1327</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>1326</x:v>
+        <x:v>1311</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
-        <x:v>1327</x:v>
+        <x:v>1328</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A259" s="0" t="s">
-        <x:v>1328</x:v>
+        <x:v>1329</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>1329</x:v>
+        <x:v>1330</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
+        <x:v>1330</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
-        <x:v>1333</x:v>
+        <x:v>1334</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A260" s="0" t="s">
-        <x:v>1334</x:v>
+        <x:v>1335</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>1335</x:v>
+        <x:v>1336</x:v>
+      </x:c>
+      <x:c r="C260" s="0" t="s">
+        <x:v>1337</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>1330</x:v>
+        <x:v>1338</x:v>
+      </x:c>
+      <x:c r="F260" s="0" t="s">
+        <x:v>1339</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>1332</x:v>
-[...2 lines deleted...]
-        <x:v>1336</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A261" s="0" t="s">
-        <x:v>1337</x:v>
-[...2 lines deleted...]
-        <x:v>1338</x:v>
+        <x:v>1340</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
+        <x:v>1341</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>1339</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>1340</x:v>
+        <x:v>1342</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
-        <x:v>1341</x:v>
+        <x:v>1343</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A262" s="0" t="s">
-        <x:v>1342</x:v>
+        <x:v>1344</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>1343</x:v>
+        <x:v>1345</x:v>
+      </x:c>
+      <x:c r="C262" s="0" t="s">
+        <x:v>1346</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>1344</x:v>
+        <x:v>1347</x:v>
+      </x:c>
+      <x:c r="F262" s="0" t="s">
+        <x:v>1348</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>1332</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
-        <x:v>1345</x:v>
+        <x:v>1349</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="K262" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A263" s="0" t="s">
-        <x:v>1346</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1350</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>1347</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>1349</x:v>
+        <x:v>1353</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
-        <x:v>1351</x:v>
+        <x:v>1354</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A264" s="0" t="s">
-        <x:v>1352</x:v>
+        <x:v>1355</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>1353</x:v>
+        <x:v>1356</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>1354</x:v>
+        <x:v>1357</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>1355</x:v>
+        <x:v>1358</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>1356</x:v>
+        <x:v>1331</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
+      </x:c>
+      <x:c r="H264" s="0" t="s">
+        <x:v>1359</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A265" s="0" t="s">
-        <x:v>1357</x:v>
+        <x:v>1360</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>1361</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>1358</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1363</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>1359</x:v>
+        <x:v>1364</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>1360</x:v>
+        <x:v>1365</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A266" s="0" t="s">
-        <x:v>1361</x:v>
+        <x:v>1366</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>1362</x:v>
+        <x:v>1367</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>1363</x:v>
+        <x:v>1368</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>1364</x:v>
+        <x:v>1369</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>1365</x:v>
+        <x:v>1370</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
-        <x:v>1366</x:v>
+        <x:v>1371</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A267" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1372</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>1367</x:v>
+        <x:v>1373</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>1368</x:v>
+        <x:v>1374</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>1369</x:v>
+        <x:v>1375</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>1370</x:v>
+        <x:v>1376</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>1371</x:v>
+        <x:v>1377</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A268" s="0" t="s">
-        <x:v>1372</x:v>
+        <x:v>1378</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>1373</x:v>
+        <x:v>1379</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>1374</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>1375</x:v>
+        <x:v>1347</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>1348</x:v>
+        <x:v>1381</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
-        <x:v>1376</x:v>
+        <x:v>1382</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A269" s="0" t="s">
-        <x:v>1377</x:v>
+        <x:v>1383</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>1378</x:v>
-[...2 lines deleted...]
-        <x:v>1379</x:v>
+        <x:v>1384</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>1380</x:v>
+        <x:v>1385</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>1381</x:v>
+        <x:v>1386</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>1382</x:v>
+        <x:v>1387</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="K269" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:11" ht="14.25" customHeight="1">
       <x:c r="A270" s="0" t="s">
-        <x:v>1383</x:v>
+        <x:v>1388</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>1384</x:v>
+        <x:v>1389</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>1385</x:v>
+        <x:v>1390</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>1386</x:v>
+        <x:v>1391</x:v>
+      </x:c>
+      <x:c r="E270" s="0" t="s">
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>1387</x:v>
+        <x:v>1392</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>1350</x:v>
+        <x:v>1333</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
-        <x:v>1388</x:v>
+        <x:v>1393</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
-        <x:v>25</x:v>
-[...108 lines deleted...]
-      <x:c r="K274" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="K270" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Pathway Organizations</vt:lpstr>
       <vt:lpstr>Pathway Organizations!Print_Area</vt:lpstr>
       <vt:lpstr>Pathway Organizations!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>